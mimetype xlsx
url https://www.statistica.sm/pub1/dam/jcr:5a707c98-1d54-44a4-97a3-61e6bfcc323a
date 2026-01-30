--- v1 (2025-12-02)
+++ v2 (2026-01-30)
@@ -51,51 +51,51 @@
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="3" l="1"/>
   <c r="D7" i="3"/>
   <c r="D7" i="2" l="1"/>
   <c r="D8" i="2"/>
   <c r="D7" i="1" l="1"/>
   <c r="D8" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1026" uniqueCount="440">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1028" uniqueCount="441">
   <si>
     <t>DATA_DOMAIN</t>
   </si>
   <si>
     <t>REF_AREA</t>
   </si>
   <si>
     <t>COUNTERPART_AREA</t>
   </si>
   <si>
     <t>FREQ</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>UNIT_MULT</t>
   </si>
   <si>
     <t>INDICATOR</t>
   </si>
   <si>
     <t>Country code</t>
   </si>
   <si>
@@ -1371,50 +1371,53 @@
     <t>2025-02</t>
   </si>
   <si>
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
   <si>
     <t>2025-10</t>
+  </si>
+  <si>
+    <t>2025-11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#,##0.0_);\(#,##0.0\)"/>
     <numFmt numFmtId="168" formatCode="0.0_);\(0.0\)"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -1997,51 +2000,51 @@
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C221B7AF-54EB-4613-A227-D390FFD4D15C}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C221B7AF-54EB-4613-A227-D390FFD4D15C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="14697075" y="3152775"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -2058,51 +2061,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{80BD18F1-7E30-46AE-B4AA-12C3152C7202}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BD18F1-7E30-46AE-B4AA-12C3152C7202}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="14697075" y="3152775"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -2119,51 +2122,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>150</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="85725" cy="28575"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{EAD15BC7-1D27-4733-80E3-DBC7B9EFB32C}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EAD15BC7-1D27-4733-80E3-DBC7B9EFB32C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2438400" y="28575000"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -2175,51 +2178,51 @@
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>150</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="85725" cy="28575"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{4CA35CE2-4D48-4146-88B1-3DDCB2BA0EB5}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4CA35CE2-4D48-4146-88B1-3DDCB2BA0EB5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="2438400" y="28575000"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -2529,183 +2532,183 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:WWM32"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="II1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="JG24" sqref="JG24"/>
+      <selection activeCell="JH17" sqref="JH17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="23.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="58.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="64.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:267 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
     </row>
-    <row r="2" spans="2:267 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="3" spans="2:267 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="4" spans="2:267 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>398</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
       <c r="WWL4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWM4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="2:267 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="WWL5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWM5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="2:267 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
       <c r="WWL6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWM6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="2:267 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="str">
         <f>"Scale = "&amp;IF(C7=0,"Unit",(IF(C7=3,"Thousand",(IF(C7=6,"Million",(IF(C7=9,"Billion")))))))</f>
         <v>Scale = Unit</v>
       </c>
       <c r="WWL7" s="3"/>
       <c r="WWM7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="2:267 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="10" t="str">
         <f>"Frequency = "&amp;IF(C8="A","Annual",IF(C8="Q", "Quarterly", "Monthly"))</f>
         <v>Frequency = Monthly</v>
       </c>
       <c r="WWL8" s="3"/>
       <c r="WWM8" s="3"/>
     </row>
-    <row r="9" spans="2:267 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="2:267 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
     </row>
-    <row r="11" spans="2:267 16158:16159" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:268 16158:16159" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="51" t="s">
         <v>266</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="45" t="s">
         <v>126</v>
       </c>
       <c r="G11" s="45" t="s">
         <v>127</v>
       </c>
       <c r="H11" s="45" t="s">
         <v>128</v>
       </c>
       <c r="I11" s="45" t="s">
         <v>129</v>
       </c>
       <c r="J11" s="45" t="s">
@@ -3460,61 +3463,64 @@
       </c>
       <c r="IZ11" s="45" t="s">
         <v>432</v>
       </c>
       <c r="JA11" s="45" t="s">
         <v>433</v>
       </c>
       <c r="JB11" s="45" t="s">
         <v>434</v>
       </c>
       <c r="JC11" s="45" t="s">
         <v>435</v>
       </c>
       <c r="JD11" s="45" t="s">
         <v>436</v>
       </c>
       <c r="JE11" s="45" t="s">
         <v>437</v>
       </c>
       <c r="JF11" s="45" t="s">
         <v>438</v>
       </c>
       <c r="JG11" s="45" t="s">
         <v>439</v>
       </c>
+      <c r="JH11" s="45" t="s">
+        <v>440</v>
+      </c>
     </row>
-    <row r="12" spans="2:267 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:268 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B12" s="65"/>
       <c r="C12" s="43" t="s">
         <v>267</v>
       </c>
       <c r="D12" s="43" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="13" spans="2:267 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:268 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B13" s="64" t="s">
         <v>379</v>
       </c>
       <c r="C13" s="47" t="s">
         <v>219</v>
       </c>
       <c r="D13" s="47" t="s">
         <v>220</v>
       </c>
       <c r="E13" s="47" t="s">
         <v>379</v>
       </c>
       <c r="F13" s="47">
         <v>85</v>
       </c>
       <c r="G13" s="47">
         <v>85</v>
       </c>
       <c r="H13" s="47">
         <v>84</v>
       </c>
       <c r="I13" s="47">
         <v>85</v>
       </c>
       <c r="J13" s="47">
@@ -4269,52 +4275,55 @@
       </c>
       <c r="IZ13" s="47">
         <v>58</v>
       </c>
       <c r="JA13" s="47">
         <v>59</v>
       </c>
       <c r="JB13" s="47">
         <v>58</v>
       </c>
       <c r="JC13" s="47">
         <v>58</v>
       </c>
       <c r="JD13" s="47">
         <v>57</v>
       </c>
       <c r="JE13" s="47">
         <v>57</v>
       </c>
       <c r="JF13" s="47">
         <v>57</v>
       </c>
       <c r="JG13" s="47">
         <v>57</v>
       </c>
+      <c r="JH13" s="47">
+        <v>57</v>
+      </c>
     </row>
-    <row r="14" spans="2:267 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:268 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B14" s="64" t="s">
         <v>380</v>
       </c>
       <c r="C14" s="47" t="s">
         <v>221</v>
       </c>
       <c r="D14" s="47" t="s">
         <v>222</v>
       </c>
       <c r="E14" s="47" t="s">
         <v>380</v>
       </c>
       <c r="F14" s="47">
         <v>592</v>
       </c>
       <c r="G14" s="47">
         <v>594</v>
       </c>
       <c r="H14" s="47">
         <v>600</v>
       </c>
       <c r="I14" s="47">
         <v>597</v>
       </c>
       <c r="J14" s="47">
@@ -5069,52 +5078,55 @@
       </c>
       <c r="IZ14" s="47">
         <v>465</v>
       </c>
       <c r="JA14" s="47">
         <v>467</v>
       </c>
       <c r="JB14" s="47">
         <v>466</v>
       </c>
       <c r="JC14" s="47">
         <v>464</v>
       </c>
       <c r="JD14" s="47">
         <v>466</v>
       </c>
       <c r="JE14" s="47">
         <v>467</v>
       </c>
       <c r="JF14" s="47">
         <v>466</v>
       </c>
       <c r="JG14" s="47">
         <v>463</v>
       </c>
+      <c r="JH14" s="47">
+        <v>460</v>
+      </c>
     </row>
-    <row r="15" spans="2:267 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:268 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B15" s="64" t="s">
         <v>381</v>
       </c>
       <c r="C15" s="47" t="s">
         <v>223</v>
       </c>
       <c r="D15" s="47" t="s">
         <v>224</v>
       </c>
       <c r="E15" s="47" t="s">
         <v>381</v>
       </c>
       <c r="GD15" s="47">
         <v>1</v>
       </c>
       <c r="GE15" s="47">
         <v>1</v>
       </c>
       <c r="GF15" s="47">
         <v>1</v>
       </c>
       <c r="GG15" s="47">
         <v>1</v>
       </c>
       <c r="GH15" s="47">
@@ -5329,52 +5341,55 @@
       </c>
       <c r="IZ15" s="47">
         <v>0</v>
       </c>
       <c r="JA15" s="47">
         <v>0</v>
       </c>
       <c r="JB15" s="47">
         <v>0</v>
       </c>
       <c r="JC15" s="47">
         <v>0</v>
       </c>
       <c r="JD15" s="47">
         <v>0</v>
       </c>
       <c r="JE15" s="47">
         <v>0</v>
       </c>
       <c r="JF15" s="47">
         <v>0</v>
       </c>
       <c r="JG15" s="47">
         <v>0</v>
       </c>
+      <c r="JH15" s="47">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="2:267 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:268 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B16" s="64" t="s">
         <v>382</v>
       </c>
       <c r="C16" s="47" t="s">
         <v>225</v>
       </c>
       <c r="D16" s="47" t="s">
         <v>226</v>
       </c>
       <c r="E16" s="47" t="s">
         <v>382</v>
       </c>
       <c r="F16" s="47">
         <v>11</v>
       </c>
       <c r="G16" s="47">
         <v>12</v>
       </c>
       <c r="H16" s="47">
         <v>12</v>
       </c>
       <c r="I16" s="47">
         <v>12</v>
       </c>
       <c r="J16" s="47">
@@ -6129,52 +6144,55 @@
       </c>
       <c r="IZ16" s="47">
         <v>8</v>
       </c>
       <c r="JA16" s="47">
         <v>8</v>
       </c>
       <c r="JB16" s="47">
         <v>8</v>
       </c>
       <c r="JC16" s="47">
         <v>8</v>
       </c>
       <c r="JD16" s="47">
         <v>8</v>
       </c>
       <c r="JE16" s="47">
         <v>8</v>
       </c>
       <c r="JF16" s="47">
         <v>8</v>
       </c>
       <c r="JG16" s="47">
         <v>8</v>
       </c>
+      <c r="JH16" s="47">
+        <v>8</v>
+      </c>
     </row>
-    <row r="17" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B17" s="64" t="s">
         <v>383</v>
       </c>
       <c r="C17" s="47" t="s">
         <v>227</v>
       </c>
       <c r="D17" s="47" t="s">
         <v>228</v>
       </c>
       <c r="E17" s="47" t="s">
         <v>383</v>
       </c>
       <c r="F17" s="47">
         <v>442</v>
       </c>
       <c r="G17" s="47">
         <v>444</v>
       </c>
       <c r="H17" s="47">
         <v>445</v>
       </c>
       <c r="I17" s="47">
         <v>446</v>
       </c>
       <c r="J17" s="47">
@@ -6929,52 +6947,55 @@
       </c>
       <c r="IZ17" s="47">
         <v>351</v>
       </c>
       <c r="JA17" s="47">
         <v>355</v>
       </c>
       <c r="JB17" s="47">
         <v>353</v>
       </c>
       <c r="JC17" s="47">
         <v>349</v>
       </c>
       <c r="JD17" s="47">
         <v>351</v>
       </c>
       <c r="JE17" s="47">
         <v>352</v>
       </c>
       <c r="JF17" s="47">
         <v>354</v>
       </c>
       <c r="JG17" s="47">
         <v>359</v>
       </c>
+      <c r="JH17" s="47">
+        <v>360</v>
+      </c>
     </row>
-    <row r="18" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B18" s="64" t="s">
         <v>384</v>
       </c>
       <c r="C18" s="47" t="s">
         <v>229</v>
       </c>
       <c r="D18" s="47" t="s">
         <v>230</v>
       </c>
       <c r="E18" s="47" t="s">
         <v>384</v>
       </c>
       <c r="F18" s="47">
         <v>1151</v>
       </c>
       <c r="G18" s="47">
         <v>1181</v>
       </c>
       <c r="H18" s="47">
         <v>1202</v>
       </c>
       <c r="I18" s="47">
         <v>1207</v>
       </c>
       <c r="J18" s="47">
@@ -7729,52 +7750,55 @@
       </c>
       <c r="IZ18" s="47">
         <v>1117</v>
       </c>
       <c r="JA18" s="47">
         <v>1126</v>
       </c>
       <c r="JB18" s="47">
         <v>1129</v>
       </c>
       <c r="JC18" s="47">
         <v>1115</v>
       </c>
       <c r="JD18" s="47">
         <v>1117</v>
       </c>
       <c r="JE18" s="47">
         <v>1123</v>
       </c>
       <c r="JF18" s="47">
         <v>1125</v>
       </c>
       <c r="JG18" s="47">
         <v>1131</v>
       </c>
+      <c r="JH18" s="47">
+        <v>1137</v>
+      </c>
     </row>
-    <row r="19" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B19" s="64" t="s">
         <v>385</v>
       </c>
       <c r="C19" s="47" t="s">
         <v>231</v>
       </c>
       <c r="D19" s="47" t="s">
         <v>232</v>
       </c>
       <c r="E19" s="47" t="s">
         <v>385</v>
       </c>
       <c r="F19" s="47">
         <v>118</v>
       </c>
       <c r="G19" s="47">
         <v>118</v>
       </c>
       <c r="H19" s="47">
         <v>118</v>
       </c>
       <c r="I19" s="47">
         <v>118</v>
       </c>
       <c r="J19" s="47">
@@ -8529,52 +8553,55 @@
       </c>
       <c r="IZ19" s="47">
         <v>122</v>
       </c>
       <c r="JA19" s="47">
         <v>124</v>
       </c>
       <c r="JB19" s="47">
         <v>126</v>
       </c>
       <c r="JC19" s="47">
         <v>123</v>
       </c>
       <c r="JD19" s="47">
         <v>123</v>
       </c>
       <c r="JE19" s="47">
         <v>124</v>
       </c>
       <c r="JF19" s="47">
         <v>125</v>
       </c>
       <c r="JG19" s="47">
         <v>126</v>
       </c>
+      <c r="JH19" s="47">
+        <v>129</v>
+      </c>
     </row>
-    <row r="20" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B20" s="64" t="s">
         <v>386</v>
       </c>
       <c r="C20" s="47" t="s">
         <v>233</v>
       </c>
       <c r="D20" s="47" t="s">
         <v>234</v>
       </c>
       <c r="E20" s="47" t="s">
         <v>386</v>
       </c>
       <c r="F20" s="47">
         <v>189</v>
       </c>
       <c r="G20" s="47">
         <v>195</v>
       </c>
       <c r="H20" s="47">
         <v>197</v>
       </c>
       <c r="I20" s="47">
         <v>199</v>
       </c>
       <c r="J20" s="47">
@@ -9329,52 +9356,55 @@
       </c>
       <c r="IZ20" s="47">
         <v>193</v>
       </c>
       <c r="JA20" s="47">
         <v>194</v>
       </c>
       <c r="JB20" s="47">
         <v>190</v>
       </c>
       <c r="JC20" s="47">
         <v>189</v>
       </c>
       <c r="JD20" s="47">
         <v>189</v>
       </c>
       <c r="JE20" s="47">
         <v>188</v>
       </c>
       <c r="JF20" s="47">
         <v>189</v>
       </c>
       <c r="JG20" s="47">
         <v>191</v>
       </c>
+      <c r="JH20" s="47">
+        <v>190</v>
+      </c>
     </row>
-    <row r="21" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B21" s="64" t="s">
         <v>387</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>235</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>236</v>
       </c>
       <c r="E21" s="47" t="s">
         <v>387</v>
       </c>
       <c r="F21" s="47">
         <v>253</v>
       </c>
       <c r="G21" s="47">
         <v>258</v>
       </c>
       <c r="H21" s="47">
         <v>257</v>
       </c>
       <c r="I21" s="47">
         <v>258</v>
       </c>
       <c r="J21" s="47">
@@ -10129,52 +10159,55 @@
       </c>
       <c r="IZ21" s="47">
         <v>251</v>
       </c>
       <c r="JA21" s="47">
         <v>254</v>
       </c>
       <c r="JB21" s="47">
         <v>256</v>
       </c>
       <c r="JC21" s="47">
         <v>253</v>
       </c>
       <c r="JD21" s="47">
         <v>253</v>
       </c>
       <c r="JE21" s="47">
         <v>251</v>
       </c>
       <c r="JF21" s="47">
         <v>255</v>
       </c>
       <c r="JG21" s="47">
         <v>258</v>
       </c>
+      <c r="JH21" s="47">
+        <v>259</v>
+      </c>
     </row>
-    <row r="22" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B22" s="64" t="s">
         <v>388</v>
       </c>
       <c r="C22" s="47" t="s">
         <v>237</v>
       </c>
       <c r="D22" s="47" t="s">
         <v>238</v>
       </c>
       <c r="E22" s="47" t="s">
         <v>388</v>
       </c>
       <c r="F22" s="47">
         <v>91</v>
       </c>
       <c r="G22" s="47">
         <v>92</v>
       </c>
       <c r="H22" s="47">
         <v>94</v>
       </c>
       <c r="I22" s="47">
         <v>94</v>
       </c>
       <c r="J22" s="47">
@@ -10929,52 +10962,55 @@
       </c>
       <c r="IZ22" s="47">
         <v>132</v>
       </c>
       <c r="JA22" s="47">
         <v>133</v>
       </c>
       <c r="JB22" s="47">
         <v>134</v>
       </c>
       <c r="JC22" s="47">
         <v>131</v>
       </c>
       <c r="JD22" s="47">
         <v>133</v>
       </c>
       <c r="JE22" s="47">
         <v>135</v>
       </c>
       <c r="JF22" s="47">
         <v>137</v>
       </c>
       <c r="JG22" s="47">
         <v>137</v>
       </c>
+      <c r="JH22" s="47">
+        <v>136</v>
+      </c>
     </row>
-    <row r="23" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B23" s="64" t="s">
         <v>389</v>
       </c>
       <c r="C23" s="47" t="s">
         <v>239</v>
       </c>
       <c r="D23" s="47" t="s">
         <v>240</v>
       </c>
       <c r="E23" s="47" t="s">
         <v>389</v>
       </c>
       <c r="F23" s="47">
         <v>126</v>
       </c>
       <c r="G23" s="47">
         <v>129</v>
       </c>
       <c r="H23" s="47">
         <v>130</v>
       </c>
       <c r="I23" s="47">
         <v>128</v>
       </c>
       <c r="J23" s="47">
@@ -11729,52 +11765,55 @@
       </c>
       <c r="IZ23" s="47">
         <v>352</v>
       </c>
       <c r="JA23" s="47">
         <v>355</v>
       </c>
       <c r="JB23" s="47">
         <v>357</v>
       </c>
       <c r="JC23" s="47">
         <v>352</v>
       </c>
       <c r="JD23" s="47">
         <v>353</v>
       </c>
       <c r="JE23" s="47">
         <v>353</v>
       </c>
       <c r="JF23" s="47">
         <v>356</v>
       </c>
       <c r="JG23" s="47">
         <v>361</v>
       </c>
+      <c r="JH23" s="47">
+        <v>361</v>
+      </c>
     </row>
-    <row r="24" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B24" s="64" t="s">
         <v>390</v>
       </c>
       <c r="C24" s="47" t="s">
         <v>241</v>
       </c>
       <c r="D24" s="47" t="s">
         <v>242</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>390</v>
       </c>
       <c r="F24" s="47">
         <v>1083</v>
       </c>
       <c r="G24" s="47">
         <v>1102</v>
       </c>
       <c r="H24" s="47">
         <v>1110</v>
       </c>
       <c r="I24" s="47">
         <v>1114</v>
       </c>
       <c r="J24" s="47">
@@ -12529,52 +12568,55 @@
       </c>
       <c r="IZ24" s="47">
         <v>1093</v>
       </c>
       <c r="JA24" s="47">
         <v>1093</v>
       </c>
       <c r="JB24" s="47">
         <v>1093</v>
       </c>
       <c r="JC24" s="47">
         <v>1074</v>
       </c>
       <c r="JD24" s="47">
         <v>1086</v>
       </c>
       <c r="JE24" s="47">
         <v>1076</v>
       </c>
       <c r="JF24" s="47">
         <v>1079</v>
       </c>
       <c r="JG24" s="47">
         <v>1080</v>
       </c>
+      <c r="JH24" s="47">
+        <v>1085</v>
+      </c>
     </row>
-    <row r="25" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B25" s="64" t="s">
         <v>391</v>
       </c>
       <c r="C25" s="47" t="s">
         <v>243</v>
       </c>
       <c r="D25" s="47" t="s">
         <v>244</v>
       </c>
       <c r="E25" s="47" t="s">
         <v>391</v>
       </c>
       <c r="F25" s="47">
         <v>134</v>
       </c>
       <c r="G25" s="47">
         <v>137</v>
       </c>
       <c r="H25" s="47">
         <v>142</v>
       </c>
       <c r="I25" s="47">
         <v>145</v>
       </c>
       <c r="J25" s="47">
@@ -13329,52 +13371,55 @@
       </c>
       <c r="IZ25" s="47">
         <v>196</v>
       </c>
       <c r="JA25" s="47">
         <v>195</v>
       </c>
       <c r="JB25" s="47">
         <v>194</v>
       </c>
       <c r="JC25" s="47">
         <v>191</v>
       </c>
       <c r="JD25" s="47">
         <v>195</v>
       </c>
       <c r="JE25" s="47">
         <v>195</v>
       </c>
       <c r="JF25" s="47">
         <v>194</v>
       </c>
       <c r="JG25" s="47">
         <v>194</v>
       </c>
+      <c r="JH25" s="47">
+        <v>194</v>
+      </c>
     </row>
-    <row r="26" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B26" s="64" t="s">
         <v>392</v>
       </c>
       <c r="C26" s="47" t="s">
         <v>245</v>
       </c>
       <c r="D26" s="47" t="s">
         <v>246</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>392</v>
       </c>
       <c r="U26" s="47">
         <v>1</v>
       </c>
       <c r="V26" s="47">
         <v>2</v>
       </c>
       <c r="W26" s="47">
         <v>2</v>
       </c>
       <c r="X26" s="47">
         <v>2</v>
       </c>
       <c r="Y26" s="47">
@@ -14084,52 +14129,55 @@
       </c>
       <c r="IZ26" s="47">
         <v>2</v>
       </c>
       <c r="JA26" s="47">
         <v>2</v>
       </c>
       <c r="JB26" s="47">
         <v>2</v>
       </c>
       <c r="JC26" s="47">
         <v>2</v>
       </c>
       <c r="JD26" s="47">
         <v>2</v>
       </c>
       <c r="JE26" s="47">
         <v>2</v>
       </c>
       <c r="JF26" s="47">
         <v>2</v>
       </c>
       <c r="JG26" s="47">
         <v>2</v>
       </c>
+      <c r="JH26" s="47">
+        <v>2</v>
+      </c>
     </row>
-    <row r="27" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B27" s="64" t="s">
         <v>393</v>
       </c>
       <c r="C27" s="47" t="s">
         <v>123</v>
       </c>
       <c r="D27" s="47" t="s">
         <v>124</v>
       </c>
       <c r="E27" s="47" t="s">
         <v>393</v>
       </c>
       <c r="F27" s="47">
         <v>20</v>
       </c>
       <c r="G27" s="47">
         <v>20</v>
       </c>
       <c r="H27" s="47">
         <v>21</v>
       </c>
       <c r="I27" s="47">
         <v>21</v>
       </c>
       <c r="J27" s="47">
@@ -14884,52 +14932,55 @@
       </c>
       <c r="IZ27" s="47">
         <v>58</v>
       </c>
       <c r="JA27" s="47">
         <v>58</v>
       </c>
       <c r="JB27" s="47">
         <v>59</v>
       </c>
       <c r="JC27" s="47">
         <v>59</v>
       </c>
       <c r="JD27" s="47">
         <v>61</v>
       </c>
       <c r="JE27" s="47">
         <v>59</v>
       </c>
       <c r="JF27" s="47">
         <v>58</v>
       </c>
       <c r="JG27" s="47">
         <v>60</v>
       </c>
+      <c r="JH27" s="47">
+        <v>60</v>
+      </c>
     </row>
-    <row r="28" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B28" s="64" t="s">
         <v>394</v>
       </c>
       <c r="C28" s="47" t="s">
         <v>247</v>
       </c>
       <c r="D28" s="47" t="s">
         <v>248</v>
       </c>
       <c r="E28" s="47" t="s">
         <v>394</v>
       </c>
       <c r="F28" s="47">
         <v>98</v>
       </c>
       <c r="G28" s="47">
         <v>99</v>
       </c>
       <c r="H28" s="47">
         <v>100</v>
       </c>
       <c r="I28" s="47">
         <v>101</v>
       </c>
       <c r="J28" s="47">
@@ -15684,52 +15735,55 @@
       </c>
       <c r="IZ28" s="47">
         <v>170</v>
       </c>
       <c r="JA28" s="47">
         <v>170</v>
       </c>
       <c r="JB28" s="47">
         <v>171</v>
       </c>
       <c r="JC28" s="47">
         <v>172</v>
       </c>
       <c r="JD28" s="47">
         <v>170</v>
       </c>
       <c r="JE28" s="47">
         <v>171</v>
       </c>
       <c r="JF28" s="47">
         <v>173</v>
       </c>
       <c r="JG28" s="47">
         <v>174</v>
       </c>
+      <c r="JH28" s="47">
+        <v>173</v>
+      </c>
     </row>
-    <row r="29" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B29" s="64" t="s">
         <v>395</v>
       </c>
       <c r="C29" s="47" t="s">
         <v>249</v>
       </c>
       <c r="D29" s="47" t="s">
         <v>250</v>
       </c>
       <c r="E29" s="47" t="s">
         <v>395</v>
       </c>
       <c r="F29" s="47">
         <v>137</v>
       </c>
       <c r="G29" s="47">
         <v>138</v>
       </c>
       <c r="H29" s="47">
         <v>139</v>
       </c>
       <c r="I29" s="47">
         <v>139</v>
       </c>
       <c r="J29" s="47">
@@ -16484,52 +16538,55 @@
       </c>
       <c r="IZ29" s="47">
         <v>204</v>
       </c>
       <c r="JA29" s="47">
         <v>205</v>
       </c>
       <c r="JB29" s="47">
         <v>206</v>
       </c>
       <c r="JC29" s="47">
         <v>200</v>
       </c>
       <c r="JD29" s="47">
         <v>204</v>
       </c>
       <c r="JE29" s="47">
         <v>206</v>
       </c>
       <c r="JF29" s="47">
         <v>208</v>
       </c>
       <c r="JG29" s="47">
         <v>208</v>
       </c>
+      <c r="JH29" s="47">
+        <v>207</v>
+      </c>
     </row>
-    <row r="30" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B30" s="64" t="s">
         <v>396</v>
       </c>
       <c r="C30" s="47" t="s">
         <v>251</v>
       </c>
       <c r="D30" s="47" t="s">
         <v>252</v>
       </c>
       <c r="E30" s="47" t="s">
         <v>396</v>
       </c>
       <c r="F30" s="47">
         <v>263</v>
       </c>
       <c r="G30" s="47">
         <v>264</v>
       </c>
       <c r="H30" s="47">
         <v>270</v>
       </c>
       <c r="I30" s="47">
         <v>272</v>
       </c>
       <c r="J30" s="47">
@@ -17284,52 +17341,55 @@
       </c>
       <c r="IZ30" s="47">
         <v>543</v>
       </c>
       <c r="JA30" s="47">
         <v>543</v>
       </c>
       <c r="JB30" s="47">
         <v>543</v>
       </c>
       <c r="JC30" s="47">
         <v>542</v>
       </c>
       <c r="JD30" s="47">
         <v>543</v>
       </c>
       <c r="JE30" s="47">
         <v>540</v>
       </c>
       <c r="JF30" s="47">
         <v>542</v>
       </c>
       <c r="JG30" s="47">
         <v>544</v>
       </c>
+      <c r="JH30" s="47">
+        <v>543</v>
+      </c>
     </row>
-    <row r="31" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B31" s="64" t="s">
         <v>397</v>
       </c>
       <c r="C31" s="47" t="s">
         <v>253</v>
       </c>
       <c r="D31" s="47" t="s">
         <v>254</v>
       </c>
       <c r="E31" s="47" t="s">
         <v>397</v>
       </c>
       <c r="F31" s="47">
         <v>4</v>
       </c>
       <c r="G31" s="47">
         <v>4</v>
       </c>
       <c r="H31" s="47">
         <v>4</v>
       </c>
       <c r="I31" s="47">
         <v>4</v>
       </c>
       <c r="J31" s="47">
@@ -18084,52 +18144,55 @@
       </c>
       <c r="IZ31" s="47">
         <v>1</v>
       </c>
       <c r="JA31" s="47">
         <v>1</v>
       </c>
       <c r="JB31" s="47">
         <v>1</v>
       </c>
       <c r="JC31" s="47">
         <v>1</v>
       </c>
       <c r="JD31" s="47">
         <v>1</v>
       </c>
       <c r="JE31" s="47">
         <v>1</v>
       </c>
       <c r="JF31" s="47">
         <v>1</v>
       </c>
       <c r="JG31" s="47">
         <v>1</v>
       </c>
+      <c r="JH31" s="47">
+        <v>1</v>
+      </c>
     </row>
-    <row r="32" spans="2:267" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B32" s="64" t="s">
         <v>378</v>
       </c>
       <c r="C32" s="47" t="s">
         <v>255</v>
       </c>
       <c r="D32" s="47" t="s">
         <v>256</v>
       </c>
       <c r="E32" s="47" t="s">
         <v>378</v>
       </c>
       <c r="F32" s="47">
         <v>4797</v>
       </c>
       <c r="G32" s="47">
         <v>4872</v>
       </c>
       <c r="H32" s="47">
         <v>4925</v>
       </c>
       <c r="I32" s="47">
         <v>4940</v>
       </c>
       <c r="J32" s="47">
@@ -18883,50 +18946,53 @@
         <v>5303</v>
       </c>
       <c r="IZ32" s="47">
         <v>5316</v>
       </c>
       <c r="JA32" s="47">
         <v>5342</v>
       </c>
       <c r="JB32" s="47">
         <v>5346</v>
       </c>
       <c r="JC32" s="47">
         <v>5283</v>
       </c>
       <c r="JD32" s="47">
         <v>5312</v>
       </c>
       <c r="JE32" s="47">
         <v>5308</v>
       </c>
       <c r="JF32" s="47">
         <v>5329</v>
       </c>
       <c r="JG32" s="47">
         <v>5354</v>
+      </c>
+      <c r="JH32" s="47">
+        <v>5362</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="D10:E10 D1:D9 E11 D33:E1048576 D13:D32">
     <cfRule type="duplicateValues" dxfId="11" priority="33"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="B13:B32">
     <cfRule type="duplicateValues" dxfId="10" priority="3"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E13:E32">
     <cfRule type="duplicateValues" dxfId="9" priority="2"/>
   </conditionalFormatting>
   <dataValidations disablePrompts="1" count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWL$4:$WWL$6</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWM$4:$WWM$7</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
@@ -31176,186 +31242,186 @@
     <cfRule type="duplicateValues" dxfId="3" priority="60"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E2:E28">
     <cfRule type="duplicateValues" dxfId="2" priority="66"/>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWR$4:$WWR$7</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWQ$4:$WWQ$6</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B1:WWP49"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="4" ySplit="11" topLeftCell="IS12" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="JB20" sqref="JB20"/>
+      <selection pane="bottomRight" activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3" customWidth="1"/>
     <col min="2" max="2" width="23.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="30.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="33.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:268 16161:16162" s="2" customFormat="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:269 16161:16162" s="2" customFormat="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
       <c r="E1" s="31"/>
       <c r="F1" s="31"/>
     </row>
-    <row r="2" spans="2:268 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="54" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="3" spans="2:268 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="54" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="4" spans="2:268 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="52" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>398</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
       <c r="WWO4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWP4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="2:268 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="52" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="WWO5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWP5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="2:268 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="52" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
       <c r="WWO6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWP6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="2:268 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="53" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="str">
         <f>"Scale = "&amp;IF(C7=0,"Unit",(IF(C7=3,"Thousand",(IF(C7=6,"Million",(IF(C7=9,"Billion")))))))</f>
         <v>Scale = Unit</v>
       </c>
       <c r="WWO7" s="3"/>
       <c r="WWP7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="2:268 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="52" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="10" t="str">
         <f>"Frequency = "&amp;IF(C8="A","Annual",IF(C8="Q", "Quarterly", "Monthly"))</f>
         <v>Frequency = Monthly</v>
       </c>
       <c r="WWO8" s="3"/>
       <c r="WWP8" s="3"/>
     </row>
-    <row r="9" spans="2:268 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="2:268 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
     </row>
-    <row r="11" spans="2:268 16161:16162" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:269 16161:16162" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="51" t="s">
         <v>266</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="46" t="s">
         <v>265</v>
       </c>
       <c r="G11" s="45" t="s">
         <v>126</v>
       </c>
       <c r="H11" s="45" t="s">
         <v>127</v>
       </c>
       <c r="I11" s="45" t="s">
         <v>128</v>
       </c>
       <c r="J11" s="45" t="s">
@@ -32113,62 +32179,65 @@
       </c>
       <c r="JA11" s="45" t="s">
         <v>432</v>
       </c>
       <c r="JB11" s="45" t="s">
         <v>433</v>
       </c>
       <c r="JC11" s="45" t="s">
         <v>434</v>
       </c>
       <c r="JD11" s="45" t="s">
         <v>435</v>
       </c>
       <c r="JE11" s="45" t="s">
         <v>436</v>
       </c>
       <c r="JF11" s="45" t="s">
         <v>437</v>
       </c>
       <c r="JG11" s="45" t="s">
         <v>438</v>
       </c>
       <c r="JH11" s="45" t="s">
         <v>439</v>
       </c>
+      <c r="JI11" s="45" t="s">
+        <v>440</v>
+      </c>
     </row>
-    <row r="12" spans="2:268 16161:16162" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:269 16161:16162" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C12" s="43" t="s">
         <v>264</v>
       </c>
       <c r="D12" s="43" t="s">
         <v>263</v>
       </c>
       <c r="E12" s="44"/>
       <c r="F12" s="44"/>
     </row>
-    <row r="13" spans="2:268 16161:16162" s="47" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:269 16161:16162" s="47" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="B13" s="47" t="s">
         <v>260</v>
       </c>
       <c r="C13" s="47" t="s">
         <v>262</v>
       </c>
       <c r="D13" s="47" t="s">
         <v>261</v>
       </c>
       <c r="E13" s="47" t="s">
         <v>260</v>
       </c>
       <c r="F13" s="48">
         <v>68</v>
       </c>
       <c r="G13" s="48">
         <v>278</v>
       </c>
       <c r="H13" s="48">
         <v>221</v>
       </c>
       <c r="I13" s="48">
         <v>212</v>
       </c>
       <c r="J13" s="48">
@@ -32926,52 +32995,55 @@
       </c>
       <c r="JA13" s="47">
         <v>118</v>
       </c>
       <c r="JB13" s="47">
         <v>79</v>
       </c>
       <c r="JC13" s="47">
         <v>113</v>
       </c>
       <c r="JD13" s="47">
         <v>69</v>
       </c>
       <c r="JE13" s="47">
         <v>58</v>
       </c>
       <c r="JF13" s="47">
         <v>51</v>
       </c>
       <c r="JG13" s="47">
         <v>63</v>
       </c>
       <c r="JH13" s="47">
         <v>78</v>
       </c>
+      <c r="JI13" s="47">
+        <v>66</v>
+      </c>
     </row>
-    <row r="14" spans="2:268 16161:16162" s="47" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:269 16161:16162" s="47" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="B14" s="47" t="s">
         <v>257</v>
       </c>
       <c r="C14" s="47" t="s">
         <v>259</v>
       </c>
       <c r="D14" s="47" t="s">
         <v>258</v>
       </c>
       <c r="E14" s="47" t="s">
         <v>257</v>
       </c>
       <c r="F14" s="48">
         <v>68</v>
       </c>
       <c r="G14" s="48">
         <v>129</v>
       </c>
       <c r="H14" s="48">
         <v>118</v>
       </c>
       <c r="I14" s="48">
         <v>108</v>
       </c>
       <c r="J14" s="48">
@@ -33729,53 +33801,56 @@
       </c>
       <c r="JA14" s="47">
         <v>118</v>
       </c>
       <c r="JB14" s="47">
         <v>100</v>
       </c>
       <c r="JC14" s="47">
         <v>167</v>
       </c>
       <c r="JD14" s="47">
         <v>96</v>
       </c>
       <c r="JE14" s="47">
         <v>114</v>
       </c>
       <c r="JF14" s="47">
         <v>99</v>
       </c>
       <c r="JG14" s="47">
         <v>108</v>
       </c>
       <c r="JH14" s="47">
         <v>129</v>
       </c>
+      <c r="JI14" s="47">
+        <v>111</v>
+      </c>
     </row>
-    <row r="15" spans="2:268 16161:16162" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
-    <row r="16" spans="2:268 16161:16162" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
+    <row r="15" spans="2:269 16161:16162" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
+    <row r="16" spans="2:269 16161:16162" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
     <row r="17" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C17" s="27"/>
       <c r="D17" s="24"/>
       <c r="E17" s="38"/>
       <c r="F17" s="38"/>
       <c r="G17" s="38"/>
       <c r="H17" s="38"/>
       <c r="I17" s="38"/>
       <c r="J17" s="38"/>
       <c r="K17" s="38"/>
       <c r="L17" s="33"/>
     </row>
     <row r="18" spans="2:12" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="34"/>
       <c r="C18" s="27"/>
       <c r="D18" s="24"/>
       <c r="E18" s="38"/>
       <c r="F18" s="38"/>
       <c r="G18" s="38"/>
       <c r="H18" s="38"/>
       <c r="I18" s="38"/>
       <c r="J18" s="38"/>
       <c r="K18" s="38"/>
       <c r="L18" s="33"/>
     </row>