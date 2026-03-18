--- v2 (2026-01-30)
+++ v3 (2026-03-18)
@@ -51,51 +51,51 @@
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D8" i="3" l="1"/>
   <c r="D7" i="3"/>
   <c r="D7" i="2" l="1"/>
   <c r="D8" i="2"/>
   <c r="D7" i="1" l="1"/>
   <c r="D8" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1028" uniqueCount="441">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1030" uniqueCount="442">
   <si>
     <t>DATA_DOMAIN</t>
   </si>
   <si>
     <t>REF_AREA</t>
   </si>
   <si>
     <t>COUNTERPART_AREA</t>
   </si>
   <si>
     <t>FREQ</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>UNIT_MULT</t>
   </si>
   <si>
     <t>INDICATOR</t>
   </si>
   <si>
     <t>Country code</t>
   </si>
   <si>
@@ -1374,50 +1374,53 @@
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
   <si>
     <t>2025-10</t>
   </si>
   <si>
     <t>2025-11</t>
+  </si>
+  <si>
+    <t>2025-12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="5">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="166" formatCode="0.0"/>
     <numFmt numFmtId="167" formatCode="#,##0.0_);\(#,##0.0\)"/>
     <numFmt numFmtId="168" formatCode="0.0_);\(0.0\)"/>
   </numFmts>
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
@@ -2532,183 +2535,183 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:WWM32"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="II1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="JH17" sqref="JH17"/>
+      <selection activeCell="JI16" sqref="JI16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="23.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="58.28515625" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="64.7109375" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="21.5703125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:269 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
     </row>
-    <row r="2" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:269 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="3" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:269 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="4" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:269 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>398</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
       <c r="WWL4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWM4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:269 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="WWL5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWM5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:269 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
       <c r="WWL6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWM6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:269 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="str">
         <f>"Scale = "&amp;IF(C7=0,"Unit",(IF(C7=3,"Thousand",(IF(C7=6,"Million",(IF(C7=9,"Billion")))))))</f>
         <v>Scale = Unit</v>
       </c>
       <c r="WWL7" s="3"/>
       <c r="WWM7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:269 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="10" t="str">
         <f>"Frequency = "&amp;IF(C8="A","Annual",IF(C8="Q", "Quarterly", "Monthly"))</f>
         <v>Frequency = Monthly</v>
       </c>
       <c r="WWL8" s="3"/>
       <c r="WWM8" s="3"/>
     </row>
-    <row r="9" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:269 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="2:268 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:269 16158:16159" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
     </row>
-    <row r="11" spans="2:268 16158:16159" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:269 16158:16159" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="51" t="s">
         <v>266</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="45" t="s">
         <v>126</v>
       </c>
       <c r="G11" s="45" t="s">
         <v>127</v>
       </c>
       <c r="H11" s="45" t="s">
         <v>128</v>
       </c>
       <c r="I11" s="45" t="s">
         <v>129</v>
       </c>
       <c r="J11" s="45" t="s">
@@ -3466,61 +3469,64 @@
       </c>
       <c r="JA11" s="45" t="s">
         <v>433</v>
       </c>
       <c r="JB11" s="45" t="s">
         <v>434</v>
       </c>
       <c r="JC11" s="45" t="s">
         <v>435</v>
       </c>
       <c r="JD11" s="45" t="s">
         <v>436</v>
       </c>
       <c r="JE11" s="45" t="s">
         <v>437</v>
       </c>
       <c r="JF11" s="45" t="s">
         <v>438</v>
       </c>
       <c r="JG11" s="45" t="s">
         <v>439</v>
       </c>
       <c r="JH11" s="45" t="s">
         <v>440</v>
       </c>
+      <c r="JI11" s="45" t="s">
+        <v>441</v>
+      </c>
     </row>
-    <row r="12" spans="2:268 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:269 16158:16159" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B12" s="65"/>
       <c r="C12" s="43" t="s">
         <v>267</v>
       </c>
       <c r="D12" s="43" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="13" spans="2:268 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:269 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B13" s="64" t="s">
         <v>379</v>
       </c>
       <c r="C13" s="47" t="s">
         <v>219</v>
       </c>
       <c r="D13" s="47" t="s">
         <v>220</v>
       </c>
       <c r="E13" s="47" t="s">
         <v>379</v>
       </c>
       <c r="F13" s="47">
         <v>85</v>
       </c>
       <c r="G13" s="47">
         <v>85</v>
       </c>
       <c r="H13" s="47">
         <v>84</v>
       </c>
       <c r="I13" s="47">
         <v>85</v>
       </c>
       <c r="J13" s="47">
@@ -4278,52 +4284,55 @@
       </c>
       <c r="JA13" s="47">
         <v>59</v>
       </c>
       <c r="JB13" s="47">
         <v>58</v>
       </c>
       <c r="JC13" s="47">
         <v>58</v>
       </c>
       <c r="JD13" s="47">
         <v>57</v>
       </c>
       <c r="JE13" s="47">
         <v>57</v>
       </c>
       <c r="JF13" s="47">
         <v>57</v>
       </c>
       <c r="JG13" s="47">
         <v>57</v>
       </c>
       <c r="JH13" s="47">
         <v>57</v>
       </c>
+      <c r="JI13" s="47">
+        <v>57</v>
+      </c>
     </row>
-    <row r="14" spans="2:268 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:269 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B14" s="64" t="s">
         <v>380</v>
       </c>
       <c r="C14" s="47" t="s">
         <v>221</v>
       </c>
       <c r="D14" s="47" t="s">
         <v>222</v>
       </c>
       <c r="E14" s="47" t="s">
         <v>380</v>
       </c>
       <c r="F14" s="47">
         <v>592</v>
       </c>
       <c r="G14" s="47">
         <v>594</v>
       </c>
       <c r="H14" s="47">
         <v>600</v>
       </c>
       <c r="I14" s="47">
         <v>597</v>
       </c>
       <c r="J14" s="47">
@@ -5081,52 +5090,55 @@
       </c>
       <c r="JA14" s="47">
         <v>467</v>
       </c>
       <c r="JB14" s="47">
         <v>466</v>
       </c>
       <c r="JC14" s="47">
         <v>464</v>
       </c>
       <c r="JD14" s="47">
         <v>466</v>
       </c>
       <c r="JE14" s="47">
         <v>467</v>
       </c>
       <c r="JF14" s="47">
         <v>466</v>
       </c>
       <c r="JG14" s="47">
         <v>463</v>
       </c>
       <c r="JH14" s="47">
         <v>460</v>
       </c>
+      <c r="JI14" s="47">
+        <v>453</v>
+      </c>
     </row>
-    <row r="15" spans="2:268 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:269 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B15" s="64" t="s">
         <v>381</v>
       </c>
       <c r="C15" s="47" t="s">
         <v>223</v>
       </c>
       <c r="D15" s="47" t="s">
         <v>224</v>
       </c>
       <c r="E15" s="47" t="s">
         <v>381</v>
       </c>
       <c r="GD15" s="47">
         <v>1</v>
       </c>
       <c r="GE15" s="47">
         <v>1</v>
       </c>
       <c r="GF15" s="47">
         <v>1</v>
       </c>
       <c r="GG15" s="47">
         <v>1</v>
       </c>
       <c r="GH15" s="47">
@@ -5344,52 +5356,55 @@
       </c>
       <c r="JA15" s="47">
         <v>0</v>
       </c>
       <c r="JB15" s="47">
         <v>0</v>
       </c>
       <c r="JC15" s="47">
         <v>0</v>
       </c>
       <c r="JD15" s="47">
         <v>0</v>
       </c>
       <c r="JE15" s="47">
         <v>0</v>
       </c>
       <c r="JF15" s="47">
         <v>0</v>
       </c>
       <c r="JG15" s="47">
         <v>0</v>
       </c>
       <c r="JH15" s="47">
         <v>0</v>
       </c>
+      <c r="JI15" s="47">
+        <v>0</v>
+      </c>
     </row>
-    <row r="16" spans="2:268 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:269 16158:16159" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B16" s="64" t="s">
         <v>382</v>
       </c>
       <c r="C16" s="47" t="s">
         <v>225</v>
       </c>
       <c r="D16" s="47" t="s">
         <v>226</v>
       </c>
       <c r="E16" s="47" t="s">
         <v>382</v>
       </c>
       <c r="F16" s="47">
         <v>11</v>
       </c>
       <c r="G16" s="47">
         <v>12</v>
       </c>
       <c r="H16" s="47">
         <v>12</v>
       </c>
       <c r="I16" s="47">
         <v>12</v>
       </c>
       <c r="J16" s="47">
@@ -6147,52 +6162,55 @@
       </c>
       <c r="JA16" s="47">
         <v>8</v>
       </c>
       <c r="JB16" s="47">
         <v>8</v>
       </c>
       <c r="JC16" s="47">
         <v>8</v>
       </c>
       <c r="JD16" s="47">
         <v>8</v>
       </c>
       <c r="JE16" s="47">
         <v>8</v>
       </c>
       <c r="JF16" s="47">
         <v>8</v>
       </c>
       <c r="JG16" s="47">
         <v>8</v>
       </c>
       <c r="JH16" s="47">
         <v>8</v>
       </c>
+      <c r="JI16" s="47">
+        <v>8</v>
+      </c>
     </row>
-    <row r="17" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B17" s="64" t="s">
         <v>383</v>
       </c>
       <c r="C17" s="47" t="s">
         <v>227</v>
       </c>
       <c r="D17" s="47" t="s">
         <v>228</v>
       </c>
       <c r="E17" s="47" t="s">
         <v>383</v>
       </c>
       <c r="F17" s="47">
         <v>442</v>
       </c>
       <c r="G17" s="47">
         <v>444</v>
       </c>
       <c r="H17" s="47">
         <v>445</v>
       </c>
       <c r="I17" s="47">
         <v>446</v>
       </c>
       <c r="J17" s="47">
@@ -6950,52 +6968,55 @@
       </c>
       <c r="JA17" s="47">
         <v>355</v>
       </c>
       <c r="JB17" s="47">
         <v>353</v>
       </c>
       <c r="JC17" s="47">
         <v>349</v>
       </c>
       <c r="JD17" s="47">
         <v>351</v>
       </c>
       <c r="JE17" s="47">
         <v>352</v>
       </c>
       <c r="JF17" s="47">
         <v>354</v>
       </c>
       <c r="JG17" s="47">
         <v>359</v>
       </c>
       <c r="JH17" s="47">
         <v>360</v>
       </c>
+      <c r="JI17" s="47">
+        <v>356</v>
+      </c>
     </row>
-    <row r="18" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B18" s="64" t="s">
         <v>384</v>
       </c>
       <c r="C18" s="47" t="s">
         <v>229</v>
       </c>
       <c r="D18" s="47" t="s">
         <v>230</v>
       </c>
       <c r="E18" s="47" t="s">
         <v>384</v>
       </c>
       <c r="F18" s="47">
         <v>1151</v>
       </c>
       <c r="G18" s="47">
         <v>1181</v>
       </c>
       <c r="H18" s="47">
         <v>1202</v>
       </c>
       <c r="I18" s="47">
         <v>1207</v>
       </c>
       <c r="J18" s="47">
@@ -7753,52 +7774,55 @@
       </c>
       <c r="JA18" s="47">
         <v>1126</v>
       </c>
       <c r="JB18" s="47">
         <v>1129</v>
       </c>
       <c r="JC18" s="47">
         <v>1115</v>
       </c>
       <c r="JD18" s="47">
         <v>1117</v>
       </c>
       <c r="JE18" s="47">
         <v>1123</v>
       </c>
       <c r="JF18" s="47">
         <v>1125</v>
       </c>
       <c r="JG18" s="47">
         <v>1131</v>
       </c>
       <c r="JH18" s="47">
         <v>1137</v>
       </c>
+      <c r="JI18" s="47">
+        <v>1125</v>
+      </c>
     </row>
-    <row r="19" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B19" s="64" t="s">
         <v>385</v>
       </c>
       <c r="C19" s="47" t="s">
         <v>231</v>
       </c>
       <c r="D19" s="47" t="s">
         <v>232</v>
       </c>
       <c r="E19" s="47" t="s">
         <v>385</v>
       </c>
       <c r="F19" s="47">
         <v>118</v>
       </c>
       <c r="G19" s="47">
         <v>118</v>
       </c>
       <c r="H19" s="47">
         <v>118</v>
       </c>
       <c r="I19" s="47">
         <v>118</v>
       </c>
       <c r="J19" s="47">
@@ -8556,52 +8580,55 @@
       </c>
       <c r="JA19" s="47">
         <v>124</v>
       </c>
       <c r="JB19" s="47">
         <v>126</v>
       </c>
       <c r="JC19" s="47">
         <v>123</v>
       </c>
       <c r="JD19" s="47">
         <v>123</v>
       </c>
       <c r="JE19" s="47">
         <v>124</v>
       </c>
       <c r="JF19" s="47">
         <v>125</v>
       </c>
       <c r="JG19" s="47">
         <v>126</v>
       </c>
       <c r="JH19" s="47">
         <v>129</v>
       </c>
+      <c r="JI19" s="47">
+        <v>130</v>
+      </c>
     </row>
-    <row r="20" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B20" s="64" t="s">
         <v>386</v>
       </c>
       <c r="C20" s="47" t="s">
         <v>233</v>
       </c>
       <c r="D20" s="47" t="s">
         <v>234</v>
       </c>
       <c r="E20" s="47" t="s">
         <v>386</v>
       </c>
       <c r="F20" s="47">
         <v>189</v>
       </c>
       <c r="G20" s="47">
         <v>195</v>
       </c>
       <c r="H20" s="47">
         <v>197</v>
       </c>
       <c r="I20" s="47">
         <v>199</v>
       </c>
       <c r="J20" s="47">
@@ -9359,52 +9386,55 @@
       </c>
       <c r="JA20" s="47">
         <v>194</v>
       </c>
       <c r="JB20" s="47">
         <v>190</v>
       </c>
       <c r="JC20" s="47">
         <v>189</v>
       </c>
       <c r="JD20" s="47">
         <v>189</v>
       </c>
       <c r="JE20" s="47">
         <v>188</v>
       </c>
       <c r="JF20" s="47">
         <v>189</v>
       </c>
       <c r="JG20" s="47">
         <v>191</v>
       </c>
       <c r="JH20" s="47">
         <v>190</v>
       </c>
+      <c r="JI20" s="47">
+        <v>191</v>
+      </c>
     </row>
-    <row r="21" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B21" s="64" t="s">
         <v>387</v>
       </c>
       <c r="C21" s="47" t="s">
         <v>235</v>
       </c>
       <c r="D21" s="47" t="s">
         <v>236</v>
       </c>
       <c r="E21" s="47" t="s">
         <v>387</v>
       </c>
       <c r="F21" s="47">
         <v>253</v>
       </c>
       <c r="G21" s="47">
         <v>258</v>
       </c>
       <c r="H21" s="47">
         <v>257</v>
       </c>
       <c r="I21" s="47">
         <v>258</v>
       </c>
       <c r="J21" s="47">
@@ -10162,52 +10192,55 @@
       </c>
       <c r="JA21" s="47">
         <v>254</v>
       </c>
       <c r="JB21" s="47">
         <v>256</v>
       </c>
       <c r="JC21" s="47">
         <v>253</v>
       </c>
       <c r="JD21" s="47">
         <v>253</v>
       </c>
       <c r="JE21" s="47">
         <v>251</v>
       </c>
       <c r="JF21" s="47">
         <v>255</v>
       </c>
       <c r="JG21" s="47">
         <v>258</v>
       </c>
       <c r="JH21" s="47">
         <v>259</v>
       </c>
+      <c r="JI21" s="47">
+        <v>253</v>
+      </c>
     </row>
-    <row r="22" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B22" s="64" t="s">
         <v>388</v>
       </c>
       <c r="C22" s="47" t="s">
         <v>237</v>
       </c>
       <c r="D22" s="47" t="s">
         <v>238</v>
       </c>
       <c r="E22" s="47" t="s">
         <v>388</v>
       </c>
       <c r="F22" s="47">
         <v>91</v>
       </c>
       <c r="G22" s="47">
         <v>92</v>
       </c>
       <c r="H22" s="47">
         <v>94</v>
       </c>
       <c r="I22" s="47">
         <v>94</v>
       </c>
       <c r="J22" s="47">
@@ -10965,52 +10998,55 @@
       </c>
       <c r="JA22" s="47">
         <v>133</v>
       </c>
       <c r="JB22" s="47">
         <v>134</v>
       </c>
       <c r="JC22" s="47">
         <v>131</v>
       </c>
       <c r="JD22" s="47">
         <v>133</v>
       </c>
       <c r="JE22" s="47">
         <v>135</v>
       </c>
       <c r="JF22" s="47">
         <v>137</v>
       </c>
       <c r="JG22" s="47">
         <v>137</v>
       </c>
       <c r="JH22" s="47">
         <v>136</v>
       </c>
+      <c r="JI22" s="47">
+        <v>138</v>
+      </c>
     </row>
-    <row r="23" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B23" s="64" t="s">
         <v>389</v>
       </c>
       <c r="C23" s="47" t="s">
         <v>239</v>
       </c>
       <c r="D23" s="47" t="s">
         <v>240</v>
       </c>
       <c r="E23" s="47" t="s">
         <v>389</v>
       </c>
       <c r="F23" s="47">
         <v>126</v>
       </c>
       <c r="G23" s="47">
         <v>129</v>
       </c>
       <c r="H23" s="47">
         <v>130</v>
       </c>
       <c r="I23" s="47">
         <v>128</v>
       </c>
       <c r="J23" s="47">
@@ -11768,52 +11804,55 @@
       </c>
       <c r="JA23" s="47">
         <v>355</v>
       </c>
       <c r="JB23" s="47">
         <v>357</v>
       </c>
       <c r="JC23" s="47">
         <v>352</v>
       </c>
       <c r="JD23" s="47">
         <v>353</v>
       </c>
       <c r="JE23" s="47">
         <v>353</v>
       </c>
       <c r="JF23" s="47">
         <v>356</v>
       </c>
       <c r="JG23" s="47">
         <v>361</v>
       </c>
       <c r="JH23" s="47">
         <v>361</v>
       </c>
+      <c r="JI23" s="47">
+        <v>359</v>
+      </c>
     </row>
-    <row r="24" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B24" s="64" t="s">
         <v>390</v>
       </c>
       <c r="C24" s="47" t="s">
         <v>241</v>
       </c>
       <c r="D24" s="47" t="s">
         <v>242</v>
       </c>
       <c r="E24" s="47" t="s">
         <v>390</v>
       </c>
       <c r="F24" s="47">
         <v>1083</v>
       </c>
       <c r="G24" s="47">
         <v>1102</v>
       </c>
       <c r="H24" s="47">
         <v>1110</v>
       </c>
       <c r="I24" s="47">
         <v>1114</v>
       </c>
       <c r="J24" s="47">
@@ -12571,52 +12610,55 @@
       </c>
       <c r="JA24" s="47">
         <v>1093</v>
       </c>
       <c r="JB24" s="47">
         <v>1093</v>
       </c>
       <c r="JC24" s="47">
         <v>1074</v>
       </c>
       <c r="JD24" s="47">
         <v>1086</v>
       </c>
       <c r="JE24" s="47">
         <v>1076</v>
       </c>
       <c r="JF24" s="47">
         <v>1079</v>
       </c>
       <c r="JG24" s="47">
         <v>1080</v>
       </c>
       <c r="JH24" s="47">
         <v>1085</v>
       </c>
+      <c r="JI24" s="47">
+        <v>1077</v>
+      </c>
     </row>
-    <row r="25" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B25" s="64" t="s">
         <v>391</v>
       </c>
       <c r="C25" s="47" t="s">
         <v>243</v>
       </c>
       <c r="D25" s="47" t="s">
         <v>244</v>
       </c>
       <c r="E25" s="47" t="s">
         <v>391</v>
       </c>
       <c r="F25" s="47">
         <v>134</v>
       </c>
       <c r="G25" s="47">
         <v>137</v>
       </c>
       <c r="H25" s="47">
         <v>142</v>
       </c>
       <c r="I25" s="47">
         <v>145</v>
       </c>
       <c r="J25" s="47">
@@ -13374,52 +13416,55 @@
       </c>
       <c r="JA25" s="47">
         <v>195</v>
       </c>
       <c r="JB25" s="47">
         <v>194</v>
       </c>
       <c r="JC25" s="47">
         <v>191</v>
       </c>
       <c r="JD25" s="47">
         <v>195</v>
       </c>
       <c r="JE25" s="47">
         <v>195</v>
       </c>
       <c r="JF25" s="47">
         <v>194</v>
       </c>
       <c r="JG25" s="47">
         <v>194</v>
       </c>
       <c r="JH25" s="47">
         <v>194</v>
       </c>
+      <c r="JI25" s="47">
+        <v>193</v>
+      </c>
     </row>
-    <row r="26" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B26" s="64" t="s">
         <v>392</v>
       </c>
       <c r="C26" s="47" t="s">
         <v>245</v>
       </c>
       <c r="D26" s="47" t="s">
         <v>246</v>
       </c>
       <c r="E26" s="47" t="s">
         <v>392</v>
       </c>
       <c r="U26" s="47">
         <v>1</v>
       </c>
       <c r="V26" s="47">
         <v>2</v>
       </c>
       <c r="W26" s="47">
         <v>2</v>
       </c>
       <c r="X26" s="47">
         <v>2</v>
       </c>
       <c r="Y26" s="47">
@@ -14132,52 +14177,55 @@
       </c>
       <c r="JA26" s="47">
         <v>2</v>
       </c>
       <c r="JB26" s="47">
         <v>2</v>
       </c>
       <c r="JC26" s="47">
         <v>2</v>
       </c>
       <c r="JD26" s="47">
         <v>2</v>
       </c>
       <c r="JE26" s="47">
         <v>2</v>
       </c>
       <c r="JF26" s="47">
         <v>2</v>
       </c>
       <c r="JG26" s="47">
         <v>2</v>
       </c>
       <c r="JH26" s="47">
         <v>2</v>
       </c>
+      <c r="JI26" s="47">
+        <v>2</v>
+      </c>
     </row>
-    <row r="27" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B27" s="64" t="s">
         <v>393</v>
       </c>
       <c r="C27" s="47" t="s">
         <v>123</v>
       </c>
       <c r="D27" s="47" t="s">
         <v>124</v>
       </c>
       <c r="E27" s="47" t="s">
         <v>393</v>
       </c>
       <c r="F27" s="47">
         <v>20</v>
       </c>
       <c r="G27" s="47">
         <v>20</v>
       </c>
       <c r="H27" s="47">
         <v>21</v>
       </c>
       <c r="I27" s="47">
         <v>21</v>
       </c>
       <c r="J27" s="47">
@@ -14935,52 +14983,55 @@
       </c>
       <c r="JA27" s="47">
         <v>58</v>
       </c>
       <c r="JB27" s="47">
         <v>59</v>
       </c>
       <c r="JC27" s="47">
         <v>59</v>
       </c>
       <c r="JD27" s="47">
         <v>61</v>
       </c>
       <c r="JE27" s="47">
         <v>59</v>
       </c>
       <c r="JF27" s="47">
         <v>58</v>
       </c>
       <c r="JG27" s="47">
         <v>60</v>
       </c>
       <c r="JH27" s="47">
         <v>60</v>
       </c>
+      <c r="JI27" s="47">
+        <v>59</v>
+      </c>
     </row>
-    <row r="28" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B28" s="64" t="s">
         <v>394</v>
       </c>
       <c r="C28" s="47" t="s">
         <v>247</v>
       </c>
       <c r="D28" s="47" t="s">
         <v>248</v>
       </c>
       <c r="E28" s="47" t="s">
         <v>394</v>
       </c>
       <c r="F28" s="47">
         <v>98</v>
       </c>
       <c r="G28" s="47">
         <v>99</v>
       </c>
       <c r="H28" s="47">
         <v>100</v>
       </c>
       <c r="I28" s="47">
         <v>101</v>
       </c>
       <c r="J28" s="47">
@@ -15738,52 +15789,55 @@
       </c>
       <c r="JA28" s="47">
         <v>170</v>
       </c>
       <c r="JB28" s="47">
         <v>171</v>
       </c>
       <c r="JC28" s="47">
         <v>172</v>
       </c>
       <c r="JD28" s="47">
         <v>170</v>
       </c>
       <c r="JE28" s="47">
         <v>171</v>
       </c>
       <c r="JF28" s="47">
         <v>173</v>
       </c>
       <c r="JG28" s="47">
         <v>174</v>
       </c>
       <c r="JH28" s="47">
         <v>173</v>
       </c>
+      <c r="JI28" s="47">
+        <v>171</v>
+      </c>
     </row>
-    <row r="29" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B29" s="64" t="s">
         <v>395</v>
       </c>
       <c r="C29" s="47" t="s">
         <v>249</v>
       </c>
       <c r="D29" s="47" t="s">
         <v>250</v>
       </c>
       <c r="E29" s="47" t="s">
         <v>395</v>
       </c>
       <c r="F29" s="47">
         <v>137</v>
       </c>
       <c r="G29" s="47">
         <v>138</v>
       </c>
       <c r="H29" s="47">
         <v>139</v>
       </c>
       <c r="I29" s="47">
         <v>139</v>
       </c>
       <c r="J29" s="47">
@@ -16541,52 +16595,55 @@
       </c>
       <c r="JA29" s="47">
         <v>205</v>
       </c>
       <c r="JB29" s="47">
         <v>206</v>
       </c>
       <c r="JC29" s="47">
         <v>200</v>
       </c>
       <c r="JD29" s="47">
         <v>204</v>
       </c>
       <c r="JE29" s="47">
         <v>206</v>
       </c>
       <c r="JF29" s="47">
         <v>208</v>
       </c>
       <c r="JG29" s="47">
         <v>208</v>
       </c>
       <c r="JH29" s="47">
         <v>207</v>
       </c>
+      <c r="JI29" s="47">
+        <v>203</v>
+      </c>
     </row>
-    <row r="30" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="30" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B30" s="64" t="s">
         <v>396</v>
       </c>
       <c r="C30" s="47" t="s">
         <v>251</v>
       </c>
       <c r="D30" s="47" t="s">
         <v>252</v>
       </c>
       <c r="E30" s="47" t="s">
         <v>396</v>
       </c>
       <c r="F30" s="47">
         <v>263</v>
       </c>
       <c r="G30" s="47">
         <v>264</v>
       </c>
       <c r="H30" s="47">
         <v>270</v>
       </c>
       <c r="I30" s="47">
         <v>272</v>
       </c>
       <c r="J30" s="47">
@@ -17344,52 +17401,55 @@
       </c>
       <c r="JA30" s="47">
         <v>543</v>
       </c>
       <c r="JB30" s="47">
         <v>543</v>
       </c>
       <c r="JC30" s="47">
         <v>542</v>
       </c>
       <c r="JD30" s="47">
         <v>543</v>
       </c>
       <c r="JE30" s="47">
         <v>540</v>
       </c>
       <c r="JF30" s="47">
         <v>542</v>
       </c>
       <c r="JG30" s="47">
         <v>544</v>
       </c>
       <c r="JH30" s="47">
         <v>543</v>
       </c>
+      <c r="JI30" s="47">
+        <v>542</v>
+      </c>
     </row>
-    <row r="31" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="31" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B31" s="64" t="s">
         <v>397</v>
       </c>
       <c r="C31" s="47" t="s">
         <v>253</v>
       </c>
       <c r="D31" s="47" t="s">
         <v>254</v>
       </c>
       <c r="E31" s="47" t="s">
         <v>397</v>
       </c>
       <c r="F31" s="47">
         <v>4</v>
       </c>
       <c r="G31" s="47">
         <v>4</v>
       </c>
       <c r="H31" s="47">
         <v>4</v>
       </c>
       <c r="I31" s="47">
         <v>4</v>
       </c>
       <c r="J31" s="47">
@@ -18147,52 +18207,55 @@
       </c>
       <c r="JA31" s="47">
         <v>1</v>
       </c>
       <c r="JB31" s="47">
         <v>1</v>
       </c>
       <c r="JC31" s="47">
         <v>1</v>
       </c>
       <c r="JD31" s="47">
         <v>1</v>
       </c>
       <c r="JE31" s="47">
         <v>1</v>
       </c>
       <c r="JF31" s="47">
         <v>1</v>
       </c>
       <c r="JG31" s="47">
         <v>1</v>
       </c>
       <c r="JH31" s="47">
         <v>1</v>
       </c>
+      <c r="JI31" s="47">
+        <v>1</v>
+      </c>
     </row>
-    <row r="32" spans="2:268" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="32" spans="2:269" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B32" s="64" t="s">
         <v>378</v>
       </c>
       <c r="C32" s="47" t="s">
         <v>255</v>
       </c>
       <c r="D32" s="47" t="s">
         <v>256</v>
       </c>
       <c r="E32" s="47" t="s">
         <v>378</v>
       </c>
       <c r="F32" s="47">
         <v>4797</v>
       </c>
       <c r="G32" s="47">
         <v>4872</v>
       </c>
       <c r="H32" s="47">
         <v>4925</v>
       </c>
       <c r="I32" s="47">
         <v>4940</v>
       </c>
       <c r="J32" s="47">
@@ -18949,50 +19012,53 @@
         <v>5316</v>
       </c>
       <c r="JA32" s="47">
         <v>5342</v>
       </c>
       <c r="JB32" s="47">
         <v>5346</v>
       </c>
       <c r="JC32" s="47">
         <v>5283</v>
       </c>
       <c r="JD32" s="47">
         <v>5312</v>
       </c>
       <c r="JE32" s="47">
         <v>5308</v>
       </c>
       <c r="JF32" s="47">
         <v>5329</v>
       </c>
       <c r="JG32" s="47">
         <v>5354</v>
       </c>
       <c r="JH32" s="47">
         <v>5362</v>
+      </c>
+      <c r="JI32" s="47">
+        <v>5318</v>
       </c>
     </row>
   </sheetData>
   <conditionalFormatting sqref="D10:E10 D1:D9 E11 D33:E1048576 D13:D32">
     <cfRule type="duplicateValues" dxfId="11" priority="33"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="B13:B32">
     <cfRule type="duplicateValues" dxfId="10" priority="3"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E13:E32">
     <cfRule type="duplicateValues" dxfId="9" priority="2"/>
   </conditionalFormatting>
   <dataValidations disablePrompts="1" count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWL$4:$WWL$6</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWM$4:$WWM$7</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
@@ -31239,189 +31305,189 @@
     <cfRule type="duplicateValues" dxfId="4" priority="57"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E11:E12 D13:D20 D10:E10 D7:D9 G10:H10 D25:D28">
     <cfRule type="duplicateValues" dxfId="3" priority="60"/>
   </conditionalFormatting>
   <conditionalFormatting sqref="E2:E28">
     <cfRule type="duplicateValues" dxfId="2" priority="66"/>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWR$4:$WWR$7</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWQ$4:$WWQ$6</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="B1:WWP49"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="4" ySplit="11" topLeftCell="IS12" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="4" ySplit="11" topLeftCell="IZ12" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="F1" sqref="F1"/>
       <selection pane="bottomLeft" activeCell="A10" sqref="A10"/>
-      <selection pane="bottomRight" activeCell="B14" sqref="B14"/>
+      <selection pane="bottomRight" activeCell="JJ13" sqref="JJ13:JJ14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="3" customWidth="1"/>
     <col min="2" max="2" width="23.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="30.7109375" style="1" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="33.28515625" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:269 16161:16162" s="2" customFormat="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:270 16161:16162" s="2" customFormat="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
       <c r="E1" s="31"/>
       <c r="F1" s="31"/>
     </row>
-    <row r="2" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:270 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="54" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="3" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:270 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="54" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="4" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:270 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="52" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>398</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
       <c r="WWO4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWP4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:270 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="52" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="WWO5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWP5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:270 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="52" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
       <c r="WWO6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWP6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:270 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="53" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="str">
         <f>"Scale = "&amp;IF(C7=0,"Unit",(IF(C7=3,"Thousand",(IF(C7=6,"Million",(IF(C7=9,"Billion")))))))</f>
         <v>Scale = Unit</v>
       </c>
       <c r="WWO7" s="3"/>
       <c r="WWP7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:270 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="52" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="10" t="str">
         <f>"Frequency = "&amp;IF(C8="A","Annual",IF(C8="Q", "Quarterly", "Monthly"))</f>
         <v>Frequency = Monthly</v>
       </c>
       <c r="WWO8" s="3"/>
       <c r="WWP8" s="3"/>
     </row>
-    <row r="9" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:270 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="2:269 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:270 16161:16162" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
     </row>
-    <row r="11" spans="2:269 16161:16162" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:270 16161:16162" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="51" t="s">
         <v>266</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="46" t="s">
         <v>265</v>
       </c>
       <c r="G11" s="45" t="s">
         <v>126</v>
       </c>
       <c r="H11" s="45" t="s">
         <v>127</v>
       </c>
       <c r="I11" s="45" t="s">
         <v>128</v>
       </c>
       <c r="J11" s="45" t="s">
@@ -32182,62 +32248,65 @@
       </c>
       <c r="JB11" s="45" t="s">
         <v>433</v>
       </c>
       <c r="JC11" s="45" t="s">
         <v>434</v>
       </c>
       <c r="JD11" s="45" t="s">
         <v>435</v>
       </c>
       <c r="JE11" s="45" t="s">
         <v>436</v>
       </c>
       <c r="JF11" s="45" t="s">
         <v>437</v>
       </c>
       <c r="JG11" s="45" t="s">
         <v>438</v>
       </c>
       <c r="JH11" s="45" t="s">
         <v>439</v>
       </c>
       <c r="JI11" s="45" t="s">
         <v>440</v>
       </c>
+      <c r="JJ11" s="45" t="s">
+        <v>441</v>
+      </c>
     </row>
-    <row r="12" spans="2:269 16161:16162" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:270 16161:16162" s="23" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="C12" s="43" t="s">
         <v>264</v>
       </c>
       <c r="D12" s="43" t="s">
         <v>263</v>
       </c>
       <c r="E12" s="44"/>
       <c r="F12" s="44"/>
     </row>
-    <row r="13" spans="2:269 16161:16162" s="47" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="13" spans="2:270 16161:16162" s="47" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="B13" s="47" t="s">
         <v>260</v>
       </c>
       <c r="C13" s="47" t="s">
         <v>262</v>
       </c>
       <c r="D13" s="47" t="s">
         <v>261</v>
       </c>
       <c r="E13" s="47" t="s">
         <v>260</v>
       </c>
       <c r="F13" s="48">
         <v>68</v>
       </c>
       <c r="G13" s="48">
         <v>278</v>
       </c>
       <c r="H13" s="48">
         <v>221</v>
       </c>
       <c r="I13" s="48">
         <v>212</v>
       </c>
       <c r="J13" s="48">
@@ -32998,52 +33067,55 @@
       </c>
       <c r="JB13" s="47">
         <v>79</v>
       </c>
       <c r="JC13" s="47">
         <v>113</v>
       </c>
       <c r="JD13" s="47">
         <v>69</v>
       </c>
       <c r="JE13" s="47">
         <v>58</v>
       </c>
       <c r="JF13" s="47">
         <v>51</v>
       </c>
       <c r="JG13" s="47">
         <v>63</v>
       </c>
       <c r="JH13" s="47">
         <v>78</v>
       </c>
       <c r="JI13" s="47">
         <v>66</v>
       </c>
+      <c r="JJ13" s="47">
+        <v>68</v>
+      </c>
     </row>
-    <row r="14" spans="2:269 16161:16162" s="47" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="14" spans="2:270 16161:16162" s="47" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="B14" s="47" t="s">
         <v>257</v>
       </c>
       <c r="C14" s="47" t="s">
         <v>259</v>
       </c>
       <c r="D14" s="47" t="s">
         <v>258</v>
       </c>
       <c r="E14" s="47" t="s">
         <v>257</v>
       </c>
       <c r="F14" s="48">
         <v>68</v>
       </c>
       <c r="G14" s="48">
         <v>129</v>
       </c>
       <c r="H14" s="48">
         <v>118</v>
       </c>
       <c r="I14" s="48">
         <v>108</v>
       </c>
       <c r="J14" s="48">
@@ -33804,53 +33876,56 @@
       </c>
       <c r="JB14" s="47">
         <v>100</v>
       </c>
       <c r="JC14" s="47">
         <v>167</v>
       </c>
       <c r="JD14" s="47">
         <v>96</v>
       </c>
       <c r="JE14" s="47">
         <v>114</v>
       </c>
       <c r="JF14" s="47">
         <v>99</v>
       </c>
       <c r="JG14" s="47">
         <v>108</v>
       </c>
       <c r="JH14" s="47">
         <v>129</v>
       </c>
       <c r="JI14" s="47">
         <v>111</v>
       </c>
+      <c r="JJ14" s="47">
+        <v>122</v>
+      </c>
     </row>
-    <row r="15" spans="2:269 16161:16162" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
-    <row r="16" spans="2:269 16161:16162" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
+    <row r="15" spans="2:270 16161:16162" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
+    <row r="16" spans="2:270 16161:16162" s="47" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
     <row r="17" spans="2:12" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C17" s="27"/>
       <c r="D17" s="24"/>
       <c r="E17" s="38"/>
       <c r="F17" s="38"/>
       <c r="G17" s="38"/>
       <c r="H17" s="38"/>
       <c r="I17" s="38"/>
       <c r="J17" s="38"/>
       <c r="K17" s="38"/>
       <c r="L17" s="33"/>
     </row>
     <row r="18" spans="2:12" s="35" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B18" s="34"/>
       <c r="C18" s="27"/>
       <c r="D18" s="24"/>
       <c r="E18" s="38"/>
       <c r="F18" s="38"/>
       <c r="G18" s="38"/>
       <c r="H18" s="38"/>
       <c r="I18" s="38"/>
       <c r="J18" s="38"/>
       <c r="K18" s="38"/>
       <c r="L18" s="33"/>
     </row>