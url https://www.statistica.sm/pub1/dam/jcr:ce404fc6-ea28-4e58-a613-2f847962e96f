--- v1 (2025-12-02)
+++ v2 (2026-01-30)
@@ -41,51 +41,51 @@
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Data!$B$5:$D$11</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D7" i="1" l="1"/>
   <c r="D8" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="397" uniqueCount="378">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="398" uniqueCount="379">
   <si>
     <t>DATA_DOMAIN</t>
   </si>
   <si>
     <t>REF_AREA</t>
   </si>
   <si>
     <t>COUNTERPART_AREA</t>
   </si>
   <si>
     <t>FREQ</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>UNIT_MULT</t>
   </si>
   <si>
     <t>INDICATOR</t>
   </si>
   <si>
     <t>Country code</t>
   </si>
   <si>
@@ -1238,50 +1238,53 @@
     <t>2025-02</t>
   </si>
   <si>
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
   <si>
     <t>2025-10</t>
+  </si>
+  <si>
+    <t>2025-11</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1624,51 +1627,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C221B7AF-54EB-4613-A227-D390FFD4D15C}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C221B7AF-54EB-4613-A227-D390FFD4D15C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="14697075" y="3152775"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -1685,51 +1688,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{80BD18F1-7E30-46AE-B4AA-12C3152C7202}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BD18F1-7E30-46AE-B4AA-12C3152C7202}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="14697075" y="3152775"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -2035,183 +2038,183 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:WWO30"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="JQ1" zoomScale="83" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="KQ12" sqref="KQ12:KQ29"/>
+      <selection activeCell="KR12" sqref="KR12:KR29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="23.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="38.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="38.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:303 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
     </row>
-    <row r="2" spans="2:303 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="3" spans="2:303 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="4" spans="2:303 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>59</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
       <c r="WWN4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWO4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="2:303 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="WWN5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWO5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="2:303 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
       <c r="WWN6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWO6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="2:303 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="str">
         <f>"Scale = "&amp;IF(C7=0,"Unit",(IF(C7=3,"Thousand",(IF(C7=6,"Million",(IF(C7=9,"Billion")))))))</f>
         <v>Scale = Unit</v>
       </c>
       <c r="WWN7" s="3"/>
       <c r="WWO7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="2:303 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="10" t="str">
         <f>"Frequency = "&amp;IF(C8="A","Annual",IF(C8="Q", "Quarterly", "Monthly"))</f>
         <v>Frequency = Monthly</v>
       </c>
       <c r="WWN8" s="3"/>
       <c r="WWO8" s="3"/>
     </row>
-    <row r="9" spans="2:303 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="2:303 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
     </row>
-    <row r="11" spans="2:303 16160:16161" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:304 16160:16161" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="23" t="s">
         <v>92</v>
       </c>
       <c r="G11" s="23" t="s">
         <v>93</v>
       </c>
       <c r="H11" s="23" t="s">
         <v>94</v>
       </c>
       <c r="I11" s="23" t="s">
         <v>95</v>
       </c>
       <c r="J11" s="23" t="s">
@@ -3074,52 +3077,55 @@
       </c>
       <c r="KJ11" s="23" t="s">
         <v>370</v>
       </c>
       <c r="KK11" s="23" t="s">
         <v>371</v>
       </c>
       <c r="KL11" s="23" t="s">
         <v>372</v>
       </c>
       <c r="KM11" s="23" t="s">
         <v>373</v>
       </c>
       <c r="KN11" s="23" t="s">
         <v>374</v>
       </c>
       <c r="KO11" s="23" t="s">
         <v>375</v>
       </c>
       <c r="KP11" s="23" t="s">
         <v>376</v>
       </c>
       <c r="KQ11" s="23" t="s">
         <v>377</v>
       </c>
+      <c r="KR11" s="23" t="s">
+        <v>378</v>
+      </c>
     </row>
-    <row r="12" spans="2:303 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:304 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B12" s="33" t="s">
         <v>332</v>
       </c>
       <c r="C12" s="24" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>64</v>
       </c>
       <c r="E12" s="33" t="s">
         <v>332</v>
       </c>
       <c r="F12" s="24">
         <v>13185</v>
       </c>
       <c r="G12" s="24">
         <v>13223</v>
       </c>
       <c r="H12" s="24">
         <v>13282</v>
       </c>
       <c r="I12" s="24">
         <v>13379</v>
       </c>
       <c r="J12" s="24">
@@ -3982,52 +3988,55 @@
       </c>
       <c r="KJ12" s="24">
         <v>16871</v>
       </c>
       <c r="KK12" s="24">
         <v>16893</v>
       </c>
       <c r="KL12" s="24">
         <v>16899</v>
       </c>
       <c r="KM12" s="24">
         <v>16924</v>
       </c>
       <c r="KN12" s="24">
         <v>16950</v>
       </c>
       <c r="KO12" s="24">
         <v>16950</v>
       </c>
       <c r="KP12" s="24">
         <v>16956</v>
       </c>
       <c r="KQ12" s="24">
         <v>16957</v>
       </c>
+      <c r="KR12" s="24">
+        <v>16966</v>
+      </c>
     </row>
-    <row r="13" spans="2:303 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:304 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B13" s="33" t="s">
         <v>333</v>
       </c>
       <c r="C13" s="24" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="29" t="s">
         <v>65</v>
       </c>
       <c r="E13" s="33" t="s">
         <v>333</v>
       </c>
       <c r="F13" s="24">
         <v>13756</v>
       </c>
       <c r="G13" s="24">
         <v>13778</v>
       </c>
       <c r="H13" s="24">
         <v>13834</v>
       </c>
       <c r="I13" s="24">
         <v>13927</v>
       </c>
       <c r="J13" s="24">
@@ -4890,52 +4899,55 @@
       </c>
       <c r="KJ13" s="24">
         <v>17164</v>
       </c>
       <c r="KK13" s="24">
         <v>17166</v>
       </c>
       <c r="KL13" s="24">
         <v>17163</v>
       </c>
       <c r="KM13" s="24">
         <v>17173</v>
       </c>
       <c r="KN13" s="24">
         <v>17188</v>
       </c>
       <c r="KO13" s="24">
         <v>17182</v>
       </c>
       <c r="KP13" s="24">
         <v>17176</v>
       </c>
       <c r="KQ13" s="24">
         <v>17175</v>
       </c>
+      <c r="KR13" s="24">
+        <v>17188</v>
+      </c>
     </row>
-    <row r="14" spans="2:303 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:304 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B14" s="33" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="25" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="31" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="33" t="s">
         <v>91</v>
       </c>
       <c r="F14" s="24">
         <v>26941</v>
       </c>
       <c r="G14" s="24">
         <v>27001</v>
       </c>
       <c r="H14" s="24">
         <v>27116</v>
       </c>
       <c r="I14" s="24">
         <v>27306</v>
       </c>
       <c r="J14" s="24">
@@ -5798,52 +5810,55 @@
       </c>
       <c r="KJ14" s="24">
         <v>34035</v>
       </c>
       <c r="KK14" s="24">
         <v>34059</v>
       </c>
       <c r="KL14" s="24">
         <v>34062</v>
       </c>
       <c r="KM14" s="24">
         <v>34097</v>
       </c>
       <c r="KN14" s="24">
         <v>34138</v>
       </c>
       <c r="KO14" s="24">
         <v>34132</v>
       </c>
       <c r="KP14" s="24">
         <v>34132</v>
       </c>
       <c r="KQ14" s="24">
         <v>34132</v>
       </c>
+      <c r="KR14" s="24">
+        <v>34154</v>
+      </c>
     </row>
-    <row r="15" spans="2:303 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:304 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B15" s="32" t="s">
         <v>50</v>
       </c>
       <c r="C15" s="27" t="s">
         <v>82</v>
       </c>
       <c r="D15" s="29" t="s">
         <v>67</v>
       </c>
       <c r="E15" s="32" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="24">
         <v>0</v>
       </c>
       <c r="G15" s="24">
         <v>6</v>
       </c>
       <c r="H15" s="24">
         <v>5</v>
       </c>
       <c r="I15" s="24">
         <v>-1</v>
       </c>
       <c r="J15" s="24">
@@ -6706,52 +6721,55 @@
       </c>
       <c r="KJ15" s="24">
         <v>2</v>
       </c>
       <c r="KK15" s="24">
         <v>-7</v>
       </c>
       <c r="KL15" s="24">
         <v>4</v>
       </c>
       <c r="KM15" s="24">
         <v>-6</v>
       </c>
       <c r="KN15" s="24">
         <v>-5</v>
       </c>
       <c r="KO15" s="24">
         <v>0</v>
       </c>
       <c r="KP15" s="24">
         <v>-4</v>
       </c>
       <c r="KQ15" s="24">
         <v>-3</v>
       </c>
+      <c r="KR15" s="24">
+        <v>5</v>
+      </c>
     </row>
-    <row r="16" spans="2:303 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:304 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B16" s="32" t="s">
         <v>52</v>
       </c>
       <c r="C16" s="27" t="s">
         <v>83</v>
       </c>
       <c r="D16" s="29" t="s">
         <v>68</v>
       </c>
       <c r="E16" s="32" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="24">
         <v>-2</v>
       </c>
       <c r="G16" s="24">
         <v>4</v>
       </c>
       <c r="H16" s="24">
         <v>6</v>
       </c>
       <c r="I16" s="24">
         <v>-2</v>
       </c>
       <c r="J16" s="24">
@@ -7614,52 +7632,55 @@
       </c>
       <c r="KJ16" s="24">
         <v>-7</v>
       </c>
       <c r="KK16" s="24">
         <v>-6</v>
       </c>
       <c r="KL16" s="24">
         <v>-5</v>
       </c>
       <c r="KM16" s="24">
         <v>5</v>
       </c>
       <c r="KN16" s="24">
         <v>-9</v>
       </c>
       <c r="KO16" s="24">
         <v>-4</v>
       </c>
       <c r="KP16" s="24">
         <v>-10</v>
       </c>
       <c r="KQ16" s="24">
         <v>3</v>
       </c>
+      <c r="KR16" s="24">
+        <v>-9</v>
+      </c>
     </row>
-    <row r="17" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B17" s="32" t="s">
         <v>53</v>
       </c>
       <c r="C17" s="28" t="s">
         <v>84</v>
       </c>
       <c r="D17" s="31" t="s">
         <v>69</v>
       </c>
       <c r="E17" s="32" t="s">
         <v>53</v>
       </c>
       <c r="F17" s="24">
         <v>-2</v>
       </c>
       <c r="G17" s="24">
         <v>10</v>
       </c>
       <c r="H17" s="24">
         <v>11</v>
       </c>
       <c r="I17" s="24">
         <v>-3</v>
       </c>
       <c r="J17" s="24">
@@ -8522,52 +8543,55 @@
       </c>
       <c r="KJ17" s="24">
         <v>-5</v>
       </c>
       <c r="KK17" s="24">
         <v>-13</v>
       </c>
       <c r="KL17" s="24">
         <v>-1</v>
       </c>
       <c r="KM17" s="24">
         <v>-1</v>
       </c>
       <c r="KN17" s="24">
         <v>-14</v>
       </c>
       <c r="KO17" s="24">
         <v>-4</v>
       </c>
       <c r="KP17" s="24">
         <v>-14</v>
       </c>
       <c r="KQ17" s="24">
         <v>0</v>
       </c>
+      <c r="KR17" s="24">
+        <v>-4</v>
+      </c>
     </row>
-    <row r="18" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B18" s="32" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="27" t="s">
         <v>85</v>
       </c>
       <c r="D18" s="29" t="s">
         <v>70</v>
       </c>
       <c r="E18" s="32" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="24">
         <v>38</v>
       </c>
       <c r="G18" s="24">
         <v>53</v>
       </c>
       <c r="H18" s="24">
         <v>92</v>
       </c>
       <c r="I18" s="24">
         <v>51</v>
       </c>
       <c r="J18" s="24">
@@ -9430,52 +9454,55 @@
       </c>
       <c r="KJ18" s="24">
         <v>20</v>
       </c>
       <c r="KK18" s="24">
         <v>13</v>
       </c>
       <c r="KL18" s="24">
         <v>21</v>
       </c>
       <c r="KM18" s="24">
         <v>32</v>
       </c>
       <c r="KN18" s="24">
         <v>5</v>
       </c>
       <c r="KO18" s="24">
         <v>6</v>
       </c>
       <c r="KP18" s="24">
         <v>5</v>
       </c>
       <c r="KQ18" s="24">
         <v>12</v>
       </c>
+      <c r="KR18" s="24">
+        <v>11</v>
+      </c>
     </row>
-    <row r="19" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B19" s="32" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="27" t="s">
         <v>86</v>
       </c>
       <c r="D19" s="29" t="s">
         <v>71</v>
       </c>
       <c r="E19" s="32" t="s">
         <v>54</v>
       </c>
       <c r="F19" s="24">
         <v>24</v>
       </c>
       <c r="G19" s="24">
         <v>52</v>
       </c>
       <c r="H19" s="24">
         <v>87</v>
       </c>
       <c r="I19" s="24">
         <v>50</v>
       </c>
       <c r="J19" s="24">
@@ -10338,52 +10365,55 @@
       </c>
       <c r="KJ19" s="24">
         <v>9</v>
       </c>
       <c r="KK19" s="24">
         <v>3</v>
       </c>
       <c r="KL19" s="24">
         <v>15</v>
       </c>
       <c r="KM19" s="24">
         <v>10</v>
       </c>
       <c r="KN19" s="24">
         <v>3</v>
       </c>
       <c r="KO19" s="24">
         <v>-2</v>
       </c>
       <c r="KP19" s="24">
         <v>9</v>
       </c>
       <c r="KQ19" s="24">
         <v>10</v>
       </c>
+      <c r="KR19" s="24">
+        <v>7</v>
+      </c>
     </row>
-    <row r="20" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B20" s="32" t="s">
         <v>55</v>
       </c>
       <c r="C20" s="28" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="31" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="32" t="s">
         <v>55</v>
       </c>
       <c r="F20" s="24">
         <v>62</v>
       </c>
       <c r="G20" s="24">
         <v>105</v>
       </c>
       <c r="H20" s="24">
         <v>179</v>
       </c>
       <c r="I20" s="24">
         <v>101</v>
       </c>
       <c r="J20" s="24">
@@ -11246,52 +11276,55 @@
       </c>
       <c r="KJ20" s="24">
         <v>29</v>
       </c>
       <c r="KK20" s="24">
         <v>16</v>
       </c>
       <c r="KL20" s="24">
         <v>36</v>
       </c>
       <c r="KM20" s="24">
         <v>42</v>
       </c>
       <c r="KN20" s="24">
         <v>8</v>
       </c>
       <c r="KO20" s="24">
         <v>4</v>
       </c>
       <c r="KP20" s="24">
         <v>14</v>
       </c>
       <c r="KQ20" s="24">
         <v>22</v>
       </c>
+      <c r="KR20" s="24">
+        <v>18</v>
+      </c>
     </row>
-    <row r="21" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B21" s="24" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="24" t="s">
         <v>41</v>
       </c>
       <c r="D21" s="29" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="24" t="s">
         <v>56</v>
       </c>
       <c r="F21" s="24">
         <v>38</v>
       </c>
       <c r="G21" s="24">
         <v>59</v>
       </c>
       <c r="H21" s="24">
         <v>97</v>
       </c>
       <c r="I21" s="24">
         <v>50</v>
       </c>
       <c r="J21" s="24">
@@ -12154,52 +12187,55 @@
       </c>
       <c r="KJ21" s="24">
         <v>22</v>
       </c>
       <c r="KK21" s="24">
         <v>6</v>
       </c>
       <c r="KL21" s="24">
         <v>25</v>
       </c>
       <c r="KM21" s="24">
         <v>26</v>
       </c>
       <c r="KN21" s="24">
         <v>0</v>
       </c>
       <c r="KO21" s="24">
         <v>6</v>
       </c>
       <c r="KP21" s="24">
         <v>1</v>
       </c>
       <c r="KQ21" s="24">
         <v>9</v>
       </c>
+      <c r="KR21" s="24">
+        <v>16</v>
+      </c>
     </row>
-    <row r="22" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B22" s="24" t="s">
         <v>57</v>
       </c>
       <c r="C22" s="24" t="s">
         <v>42</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>74</v>
       </c>
       <c r="E22" s="24" t="s">
         <v>57</v>
       </c>
       <c r="F22" s="24">
         <v>22</v>
       </c>
       <c r="G22" s="24">
         <v>56</v>
       </c>
       <c r="H22" s="24">
         <v>93</v>
       </c>
       <c r="I22" s="24">
         <v>48</v>
       </c>
       <c r="J22" s="24">
@@ -13062,52 +13098,55 @@
       </c>
       <c r="KJ22" s="24">
         <v>2</v>
       </c>
       <c r="KK22" s="24">
         <v>-3</v>
       </c>
       <c r="KL22" s="24">
         <v>10</v>
       </c>
       <c r="KM22" s="24">
         <v>15</v>
       </c>
       <c r="KN22" s="24">
         <v>-6</v>
       </c>
       <c r="KO22" s="24">
         <v>-6</v>
       </c>
       <c r="KP22" s="24">
         <v>-1</v>
       </c>
       <c r="KQ22" s="24">
         <v>13</v>
       </c>
+      <c r="KR22" s="24">
+        <v>-2</v>
+      </c>
     </row>
-    <row r="23" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B23" s="24" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="25" t="s">
         <v>43</v>
       </c>
       <c r="D23" s="31" t="s">
         <v>75</v>
       </c>
       <c r="E23" s="24" t="s">
         <v>58</v>
       </c>
       <c r="F23" s="24">
         <v>60</v>
       </c>
       <c r="G23" s="24">
         <v>115</v>
       </c>
       <c r="H23" s="24">
         <v>190</v>
       </c>
       <c r="I23" s="24">
         <v>98</v>
       </c>
       <c r="J23" s="24">
@@ -13970,52 +14009,55 @@
       </c>
       <c r="KJ23" s="24">
         <v>24</v>
       </c>
       <c r="KK23" s="24">
         <v>3</v>
       </c>
       <c r="KL23" s="24">
         <v>35</v>
       </c>
       <c r="KM23" s="24">
         <v>41</v>
       </c>
       <c r="KN23" s="24">
         <v>-6</v>
       </c>
       <c r="KO23" s="24">
         <v>0</v>
       </c>
       <c r="KP23" s="24">
         <v>0</v>
       </c>
       <c r="KQ23" s="24">
         <v>22</v>
       </c>
+      <c r="KR23" s="24">
+        <v>14</v>
+      </c>
     </row>
-    <row r="24" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B24" s="33" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D24" s="29" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="33" t="s">
         <v>47</v>
       </c>
       <c r="F24" s="24">
         <v>13223</v>
       </c>
       <c r="G24" s="24">
         <v>13282</v>
       </c>
       <c r="H24" s="24">
         <v>13379</v>
       </c>
       <c r="I24" s="24">
         <v>13429</v>
       </c>
       <c r="J24" s="24">
@@ -14878,52 +14920,55 @@
       </c>
       <c r="KJ24" s="24">
         <v>16893</v>
       </c>
       <c r="KK24" s="24">
         <v>16899</v>
       </c>
       <c r="KL24" s="24">
         <v>16924</v>
       </c>
       <c r="KM24" s="24">
         <v>16950</v>
       </c>
       <c r="KN24" s="24">
         <v>16950</v>
       </c>
       <c r="KO24" s="24">
         <v>16956</v>
       </c>
       <c r="KP24" s="24">
         <v>16957</v>
       </c>
       <c r="KQ24" s="24">
         <v>16966</v>
       </c>
+      <c r="KR24" s="24">
+        <v>16982</v>
+      </c>
     </row>
-    <row r="25" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B25" s="33" t="s">
         <v>48</v>
       </c>
       <c r="C25" s="24" t="s">
         <v>45</v>
       </c>
       <c r="D25" s="29" t="s">
         <v>77</v>
       </c>
       <c r="E25" s="33" t="s">
         <v>48</v>
       </c>
       <c r="F25" s="24">
         <v>13778</v>
       </c>
       <c r="G25" s="24">
         <v>13834</v>
       </c>
       <c r="H25" s="24">
         <v>13927</v>
       </c>
       <c r="I25" s="24">
         <v>13975</v>
       </c>
       <c r="J25" s="24">
@@ -15786,52 +15831,55 @@
       </c>
       <c r="KJ25" s="24">
         <v>17166</v>
       </c>
       <c r="KK25" s="24">
         <v>17163</v>
       </c>
       <c r="KL25" s="24">
         <v>17173</v>
       </c>
       <c r="KM25" s="24">
         <v>17188</v>
       </c>
       <c r="KN25" s="24">
         <v>17182</v>
       </c>
       <c r="KO25" s="24">
         <v>17176</v>
       </c>
       <c r="KP25" s="24">
         <v>17175</v>
       </c>
       <c r="KQ25" s="24">
         <v>17188</v>
       </c>
+      <c r="KR25" s="24">
+        <v>17186</v>
+      </c>
     </row>
-    <row r="26" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B26" s="33" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="25" t="s">
         <v>46</v>
       </c>
       <c r="D26" s="31" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="33" t="s">
         <v>49</v>
       </c>
       <c r="F26" s="24">
         <v>27001</v>
       </c>
       <c r="G26" s="24">
         <v>27116</v>
       </c>
       <c r="H26" s="24">
         <v>27306</v>
       </c>
       <c r="I26" s="24">
         <v>27404</v>
       </c>
       <c r="J26" s="24">
@@ -16694,52 +16742,55 @@
       </c>
       <c r="KJ26" s="24">
         <v>34059</v>
       </c>
       <c r="KK26" s="24">
         <v>34062</v>
       </c>
       <c r="KL26" s="24">
         <v>34097</v>
       </c>
       <c r="KM26" s="24">
         <v>34138</v>
       </c>
       <c r="KN26" s="24">
         <v>34132</v>
       </c>
       <c r="KO26" s="24">
         <v>34132</v>
       </c>
       <c r="KP26" s="24">
         <v>34132</v>
       </c>
       <c r="KQ26" s="24">
         <v>34154</v>
       </c>
+      <c r="KR26" s="24">
+        <v>34168</v>
+      </c>
     </row>
-    <row r="27" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B27" s="24" t="s">
         <v>334</v>
       </c>
       <c r="C27" s="30" t="s">
         <v>88</v>
       </c>
       <c r="D27" s="29" t="s">
         <v>79</v>
       </c>
       <c r="E27" s="24" t="s">
         <v>334</v>
       </c>
       <c r="F27" s="24">
         <v>2568</v>
       </c>
       <c r="G27" s="24">
         <v>2498</v>
       </c>
       <c r="H27" s="24">
         <v>2510</v>
       </c>
       <c r="I27" s="24">
         <v>2552</v>
       </c>
       <c r="J27" s="24">
@@ -17602,52 +17653,55 @@
       </c>
       <c r="KJ27" s="24">
         <v>3232</v>
       </c>
       <c r="KK27" s="24">
         <v>3243</v>
       </c>
       <c r="KL27" s="24">
         <v>3273</v>
       </c>
       <c r="KM27" s="24">
         <v>3301</v>
       </c>
       <c r="KN27" s="24">
         <v>3303</v>
       </c>
       <c r="KO27" s="24">
         <v>3307</v>
       </c>
       <c r="KP27" s="24">
         <v>3308</v>
       </c>
       <c r="KQ27" s="24">
         <v>3299</v>
       </c>
+      <c r="KR27" s="24">
+        <v>3310</v>
+      </c>
     </row>
-    <row r="28" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B28" s="24" t="s">
         <v>335</v>
       </c>
       <c r="C28" s="30" t="s">
         <v>89</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="24" t="s">
         <v>335</v>
       </c>
       <c r="F28" s="24">
         <v>1552</v>
       </c>
       <c r="G28" s="24">
         <v>1509</v>
       </c>
       <c r="H28" s="24">
         <v>1534</v>
       </c>
       <c r="I28" s="24">
         <v>1575</v>
       </c>
       <c r="J28" s="24">
@@ -18510,52 +18564,55 @@
       </c>
       <c r="KJ28" s="24">
         <v>2592</v>
       </c>
       <c r="KK28" s="24">
         <v>2595</v>
       </c>
       <c r="KL28" s="24">
         <v>2614</v>
       </c>
       <c r="KM28" s="24">
         <v>2623</v>
       </c>
       <c r="KN28" s="24">
         <v>2624</v>
       </c>
       <c r="KO28" s="24">
         <v>2623</v>
       </c>
       <c r="KP28" s="24">
         <v>2633</v>
       </c>
       <c r="KQ28" s="24">
         <v>2630</v>
       </c>
+      <c r="KR28" s="24">
+        <v>2636</v>
+      </c>
     </row>
-    <row r="29" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B29" s="24" t="s">
         <v>336</v>
       </c>
       <c r="C29" s="30" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="31" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="24" t="s">
         <v>336</v>
       </c>
       <c r="F29" s="24">
         <v>4120</v>
       </c>
       <c r="G29" s="24">
         <v>4007</v>
       </c>
       <c r="H29" s="24">
         <v>4044</v>
       </c>
       <c r="I29" s="24">
         <v>4127</v>
       </c>
       <c r="J29" s="24">
@@ -19418,52 +19475,55 @@
       </c>
       <c r="KJ29" s="24">
         <v>5824</v>
       </c>
       <c r="KK29" s="24">
         <v>5838</v>
       </c>
       <c r="KL29" s="24">
         <v>5887</v>
       </c>
       <c r="KM29" s="24">
         <v>5924</v>
       </c>
       <c r="KN29" s="24">
         <v>5927</v>
       </c>
       <c r="KO29" s="24">
         <v>5930</v>
       </c>
       <c r="KP29" s="24">
         <v>5941</v>
       </c>
       <c r="KQ29" s="24">
         <v>5929</v>
       </c>
+      <c r="KR29" s="24">
+        <v>5946</v>
+      </c>
     </row>
-    <row r="30" spans="2:303" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
   </sheetData>
   <conditionalFormatting sqref="D30:D1048576 D1:D10 E11">
     <cfRule type="duplicateValues" dxfId="0" priority="4"/>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWN$4:$WWN$6</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWO$4:$WWO$7</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>