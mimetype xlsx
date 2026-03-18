--- v2 (2026-01-30)
+++ v3 (2026-03-18)
@@ -41,51 +41,51 @@
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Data!$B$5:$D$11</definedName>
   </definedNames>
   <calcPr calcId="152511"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="D7" i="1" l="1"/>
   <c r="D8" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="398" uniqueCount="379">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="399" uniqueCount="380">
   <si>
     <t>DATA_DOMAIN</t>
   </si>
   <si>
     <t>REF_AREA</t>
   </si>
   <si>
     <t>COUNTERPART_AREA</t>
   </si>
   <si>
     <t>FREQ</t>
   </si>
   <si>
     <t>A</t>
   </si>
   <si>
     <t>UNIT_MULT</t>
   </si>
   <si>
     <t>INDICATOR</t>
   </si>
   <si>
     <t>Country code</t>
   </si>
   <si>
@@ -1241,50 +1241,53 @@
     <t>2025-03</t>
   </si>
   <si>
     <t>2025-04</t>
   </si>
   <si>
     <t>2025-05</t>
   </si>
   <si>
     <t>2025-06</t>
   </si>
   <si>
     <t>2025-07</t>
   </si>
   <si>
     <t>2025-08</t>
   </si>
   <si>
     <t>2025-09</t>
   </si>
   <si>
     <t>2025-10</t>
   </si>
   <si>
     <t>2025-11</t>
+  </si>
+  <si>
+    <t>2025-12</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;_);_(@_)"/>
   </numFmts>
   <fonts count="15" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -1627,51 +1630,51 @@
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Picture 1" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C221B7AF-54EB-4613-A227-D390FFD4D15C}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{C221B7AF-54EB-4613-A227-D390FFD4D15C}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="14697075" y="3152775"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -1688,51 +1691,51 @@
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>5</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Picture 2" descr="http://www.apcma.com/images/whitebg.jpg">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{80BD18F1-7E30-46AE-B4AA-12C3152C7202}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" xmlns="" id="{80BD18F1-7E30-46AE-B4AA-12C3152C7202}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="14697075" y="3152775"/>
           <a:ext cx="85725" cy="28575"/>
         </a:xfrm>
@@ -2038,183 +2041,183 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:WWO30"/>
   <sheetViews>
     <sheetView tabSelected="1" topLeftCell="JQ1" zoomScale="83" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="KR12" sqref="KR12:KR29"/>
+      <selection activeCell="KS12" sqref="KS12:KS29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="1.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="23.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="38.140625" style="1" customWidth="1"/>
     <col min="4" max="4" width="38.7109375" customWidth="1"/>
     <col min="5" max="5" width="22.42578125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="2:305 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B1" s="16"/>
       <c r="C1" s="16"/>
       <c r="D1" s="17"/>
     </row>
-    <row r="2" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:305 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="18" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="19" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="20" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="3" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="3" spans="2:305 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="18" t="s">
         <v>18</v>
       </c>
       <c r="C3" s="21" t="s">
         <v>19</v>
       </c>
       <c r="D3" s="20" t="s">
         <v>20</v>
       </c>
     </row>
-    <row r="4" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="4" spans="2:305 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C4" s="9" t="s">
         <v>59</v>
       </c>
       <c r="D4" s="11" t="s">
         <v>13</v>
       </c>
       <c r="WWN4" s="3" t="s">
         <v>9</v>
       </c>
       <c r="WWO4" s="3">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="5" spans="2:305 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C5" s="12" t="s">
         <v>23</v>
       </c>
       <c r="D5" s="11" t="s">
         <v>11</v>
       </c>
       <c r="WWN5" s="3" t="s">
         <v>8</v>
       </c>
       <c r="WWO5" s="3">
         <v>3</v>
       </c>
     </row>
-    <row r="6" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="2:305 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B6" s="8" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="9" t="s">
         <v>14</v>
       </c>
       <c r="D6" s="11" t="s">
         <v>12</v>
       </c>
       <c r="WWN6" s="3" t="s">
         <v>4</v>
       </c>
       <c r="WWO6" s="3">
         <v>6</v>
       </c>
     </row>
-    <row r="7" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:305 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B7" s="5" t="s">
         <v>5</v>
       </c>
       <c r="C7" s="6">
         <v>0</v>
       </c>
       <c r="D7" s="7" t="str">
         <f>"Scale = "&amp;IF(C7=0,"Unit",(IF(C7=3,"Thousand",(IF(C7=6,"Million",(IF(C7=9,"Billion")))))))</f>
         <v>Scale = Unit</v>
       </c>
       <c r="WWN7" s="3"/>
       <c r="WWO7" s="3">
         <v>9</v>
       </c>
     </row>
-    <row r="8" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:305 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B8" s="8" t="s">
         <v>3</v>
       </c>
       <c r="C8" s="9" t="s">
         <v>9</v>
       </c>
       <c r="D8" s="10" t="str">
         <f>"Frequency = "&amp;IF(C8="A","Annual",IF(C8="Q", "Quarterly", "Monthly"))</f>
         <v>Frequency = Monthly</v>
       </c>
       <c r="WWN8" s="3"/>
       <c r="WWO8" s="3"/>
     </row>
-    <row r="9" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="9" spans="2:305 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="14"/>
       <c r="D9" s="15" t="s">
         <v>21</v>
       </c>
     </row>
-    <row r="10" spans="2:304 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:305 16160:16161" s="2" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B10" s="4"/>
     </row>
-    <row r="11" spans="2:304 16160:16161" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="11" spans="2:305 16160:16161" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B11" s="22" t="s">
         <v>7</v>
       </c>
       <c r="C11" s="22" t="s">
         <v>22</v>
       </c>
       <c r="D11" s="26" t="s">
         <v>60</v>
       </c>
       <c r="E11" s="22" t="s">
         <v>6</v>
       </c>
       <c r="F11" s="23" t="s">
         <v>92</v>
       </c>
       <c r="G11" s="23" t="s">
         <v>93</v>
       </c>
       <c r="H11" s="23" t="s">
         <v>94</v>
       </c>
       <c r="I11" s="23" t="s">
         <v>95</v>
       </c>
       <c r="J11" s="23" t="s">
@@ -3080,52 +3083,55 @@
       </c>
       <c r="KK11" s="23" t="s">
         <v>371</v>
       </c>
       <c r="KL11" s="23" t="s">
         <v>372</v>
       </c>
       <c r="KM11" s="23" t="s">
         <v>373</v>
       </c>
       <c r="KN11" s="23" t="s">
         <v>374</v>
       </c>
       <c r="KO11" s="23" t="s">
         <v>375</v>
       </c>
       <c r="KP11" s="23" t="s">
         <v>376</v>
       </c>
       <c r="KQ11" s="23" t="s">
         <v>377</v>
       </c>
       <c r="KR11" s="23" t="s">
         <v>378</v>
       </c>
+      <c r="KS11" s="23" t="s">
+        <v>379</v>
+      </c>
     </row>
-    <row r="12" spans="2:304 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="12" spans="2:305 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B12" s="33" t="s">
         <v>332</v>
       </c>
       <c r="C12" s="24" t="s">
         <v>38</v>
       </c>
       <c r="D12" s="29" t="s">
         <v>64</v>
       </c>
       <c r="E12" s="33" t="s">
         <v>332</v>
       </c>
       <c r="F12" s="24">
         <v>13185</v>
       </c>
       <c r="G12" s="24">
         <v>13223</v>
       </c>
       <c r="H12" s="24">
         <v>13282</v>
       </c>
       <c r="I12" s="24">
         <v>13379</v>
       </c>
       <c r="J12" s="24">
@@ -3991,52 +3997,55 @@
       </c>
       <c r="KK12" s="24">
         <v>16893</v>
       </c>
       <c r="KL12" s="24">
         <v>16899</v>
       </c>
       <c r="KM12" s="24">
         <v>16924</v>
       </c>
       <c r="KN12" s="24">
         <v>16950</v>
       </c>
       <c r="KO12" s="24">
         <v>16950</v>
       </c>
       <c r="KP12" s="24">
         <v>16956</v>
       </c>
       <c r="KQ12" s="24">
         <v>16957</v>
       </c>
       <c r="KR12" s="24">
         <v>16966</v>
       </c>
+      <c r="KS12" s="24">
+        <v>16982</v>
+      </c>
     </row>
-    <row r="13" spans="2:304 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="13" spans="2:305 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B13" s="33" t="s">
         <v>333</v>
       </c>
       <c r="C13" s="24" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="29" t="s">
         <v>65</v>
       </c>
       <c r="E13" s="33" t="s">
         <v>333</v>
       </c>
       <c r="F13" s="24">
         <v>13756</v>
       </c>
       <c r="G13" s="24">
         <v>13778</v>
       </c>
       <c r="H13" s="24">
         <v>13834</v>
       </c>
       <c r="I13" s="24">
         <v>13927</v>
       </c>
       <c r="J13" s="24">
@@ -4902,52 +4911,55 @@
       </c>
       <c r="KK13" s="24">
         <v>17166</v>
       </c>
       <c r="KL13" s="24">
         <v>17163</v>
       </c>
       <c r="KM13" s="24">
         <v>17173</v>
       </c>
       <c r="KN13" s="24">
         <v>17188</v>
       </c>
       <c r="KO13" s="24">
         <v>17182</v>
       </c>
       <c r="KP13" s="24">
         <v>17176</v>
       </c>
       <c r="KQ13" s="24">
         <v>17175</v>
       </c>
       <c r="KR13" s="24">
         <v>17188</v>
       </c>
+      <c r="KS13" s="24">
+        <v>17186</v>
+      </c>
     </row>
-    <row r="14" spans="2:304 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="14" spans="2:305 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B14" s="33" t="s">
         <v>91</v>
       </c>
       <c r="C14" s="25" t="s">
         <v>40</v>
       </c>
       <c r="D14" s="31" t="s">
         <v>66</v>
       </c>
       <c r="E14" s="33" t="s">
         <v>91</v>
       </c>
       <c r="F14" s="24">
         <v>26941</v>
       </c>
       <c r="G14" s="24">
         <v>27001</v>
       </c>
       <c r="H14" s="24">
         <v>27116</v>
       </c>
       <c r="I14" s="24">
         <v>27306</v>
       </c>
       <c r="J14" s="24">
@@ -5813,52 +5825,55 @@
       </c>
       <c r="KK14" s="24">
         <v>34059</v>
       </c>
       <c r="KL14" s="24">
         <v>34062</v>
       </c>
       <c r="KM14" s="24">
         <v>34097</v>
       </c>
       <c r="KN14" s="24">
         <v>34138</v>
       </c>
       <c r="KO14" s="24">
         <v>34132</v>
       </c>
       <c r="KP14" s="24">
         <v>34132</v>
       </c>
       <c r="KQ14" s="24">
         <v>34132</v>
       </c>
       <c r="KR14" s="24">
         <v>34154</v>
       </c>
+      <c r="KS14" s="24">
+        <v>34168</v>
+      </c>
     </row>
-    <row r="15" spans="2:304 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="15" spans="2:305 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B15" s="32" t="s">
         <v>50</v>
       </c>
       <c r="C15" s="27" t="s">
         <v>82</v>
       </c>
       <c r="D15" s="29" t="s">
         <v>67</v>
       </c>
       <c r="E15" s="32" t="s">
         <v>50</v>
       </c>
       <c r="F15" s="24">
         <v>0</v>
       </c>
       <c r="G15" s="24">
         <v>6</v>
       </c>
       <c r="H15" s="24">
         <v>5</v>
       </c>
       <c r="I15" s="24">
         <v>-1</v>
       </c>
       <c r="J15" s="24">
@@ -6724,52 +6739,55 @@
       </c>
       <c r="KK15" s="24">
         <v>-7</v>
       </c>
       <c r="KL15" s="24">
         <v>4</v>
       </c>
       <c r="KM15" s="24">
         <v>-6</v>
       </c>
       <c r="KN15" s="24">
         <v>-5</v>
       </c>
       <c r="KO15" s="24">
         <v>0</v>
       </c>
       <c r="KP15" s="24">
         <v>-4</v>
       </c>
       <c r="KQ15" s="24">
         <v>-3</v>
       </c>
       <c r="KR15" s="24">
         <v>5</v>
       </c>
+      <c r="KS15" s="24">
+        <v>-3</v>
+      </c>
     </row>
-    <row r="16" spans="2:304 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="16" spans="2:305 16160:16161" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B16" s="32" t="s">
         <v>52</v>
       </c>
       <c r="C16" s="27" t="s">
         <v>83</v>
       </c>
       <c r="D16" s="29" t="s">
         <v>68</v>
       </c>
       <c r="E16" s="32" t="s">
         <v>52</v>
       </c>
       <c r="F16" s="24">
         <v>-2</v>
       </c>
       <c r="G16" s="24">
         <v>4</v>
       </c>
       <c r="H16" s="24">
         <v>6</v>
       </c>
       <c r="I16" s="24">
         <v>-2</v>
       </c>
       <c r="J16" s="24">
@@ -7635,52 +7653,55 @@
       </c>
       <c r="KK16" s="24">
         <v>-6</v>
       </c>
       <c r="KL16" s="24">
         <v>-5</v>
       </c>
       <c r="KM16" s="24">
         <v>5</v>
       </c>
       <c r="KN16" s="24">
         <v>-9</v>
       </c>
       <c r="KO16" s="24">
         <v>-4</v>
       </c>
       <c r="KP16" s="24">
         <v>-10</v>
       </c>
       <c r="KQ16" s="24">
         <v>3</v>
       </c>
       <c r="KR16" s="24">
         <v>-9</v>
       </c>
+      <c r="KS16" s="24">
+        <v>-12</v>
+      </c>
     </row>
-    <row r="17" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="17" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B17" s="32" t="s">
         <v>53</v>
       </c>
       <c r="C17" s="28" t="s">
         <v>84</v>
       </c>
       <c r="D17" s="31" t="s">
         <v>69</v>
       </c>
       <c r="E17" s="32" t="s">
         <v>53</v>
       </c>
       <c r="F17" s="24">
         <v>-2</v>
       </c>
       <c r="G17" s="24">
         <v>10</v>
       </c>
       <c r="H17" s="24">
         <v>11</v>
       </c>
       <c r="I17" s="24">
         <v>-3</v>
       </c>
       <c r="J17" s="24">
@@ -8546,52 +8567,55 @@
       </c>
       <c r="KK17" s="24">
         <v>-13</v>
       </c>
       <c r="KL17" s="24">
         <v>-1</v>
       </c>
       <c r="KM17" s="24">
         <v>-1</v>
       </c>
       <c r="KN17" s="24">
         <v>-14</v>
       </c>
       <c r="KO17" s="24">
         <v>-4</v>
       </c>
       <c r="KP17" s="24">
         <v>-14</v>
       </c>
       <c r="KQ17" s="24">
         <v>0</v>
       </c>
       <c r="KR17" s="24">
         <v>-4</v>
       </c>
+      <c r="KS17" s="24">
+        <v>-15</v>
+      </c>
     </row>
-    <row r="18" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="18" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B18" s="32" t="s">
         <v>51</v>
       </c>
       <c r="C18" s="27" t="s">
         <v>85</v>
       </c>
       <c r="D18" s="29" t="s">
         <v>70</v>
       </c>
       <c r="E18" s="32" t="s">
         <v>51</v>
       </c>
       <c r="F18" s="24">
         <v>38</v>
       </c>
       <c r="G18" s="24">
         <v>53</v>
       </c>
       <c r="H18" s="24">
         <v>92</v>
       </c>
       <c r="I18" s="24">
         <v>51</v>
       </c>
       <c r="J18" s="24">
@@ -9457,52 +9481,55 @@
       </c>
       <c r="KK18" s="24">
         <v>13</v>
       </c>
       <c r="KL18" s="24">
         <v>21</v>
       </c>
       <c r="KM18" s="24">
         <v>32</v>
       </c>
       <c r="KN18" s="24">
         <v>5</v>
       </c>
       <c r="KO18" s="24">
         <v>6</v>
       </c>
       <c r="KP18" s="24">
         <v>5</v>
       </c>
       <c r="KQ18" s="24">
         <v>12</v>
       </c>
       <c r="KR18" s="24">
         <v>11</v>
       </c>
+      <c r="KS18" s="24">
+        <v>8</v>
+      </c>
     </row>
-    <row r="19" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="19" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B19" s="32" t="s">
         <v>54</v>
       </c>
       <c r="C19" s="27" t="s">
         <v>86</v>
       </c>
       <c r="D19" s="29" t="s">
         <v>71</v>
       </c>
       <c r="E19" s="32" t="s">
         <v>54</v>
       </c>
       <c r="F19" s="24">
         <v>24</v>
       </c>
       <c r="G19" s="24">
         <v>52</v>
       </c>
       <c r="H19" s="24">
         <v>87</v>
       </c>
       <c r="I19" s="24">
         <v>50</v>
       </c>
       <c r="J19" s="24">
@@ -10368,52 +10395,55 @@
       </c>
       <c r="KK19" s="24">
         <v>3</v>
       </c>
       <c r="KL19" s="24">
         <v>15</v>
       </c>
       <c r="KM19" s="24">
         <v>10</v>
       </c>
       <c r="KN19" s="24">
         <v>3</v>
       </c>
       <c r="KO19" s="24">
         <v>-2</v>
       </c>
       <c r="KP19" s="24">
         <v>9</v>
       </c>
       <c r="KQ19" s="24">
         <v>10</v>
       </c>
       <c r="KR19" s="24">
         <v>7</v>
       </c>
+      <c r="KS19" s="24">
+        <v>11</v>
+      </c>
     </row>
-    <row r="20" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="20" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B20" s="32" t="s">
         <v>55</v>
       </c>
       <c r="C20" s="28" t="s">
         <v>87</v>
       </c>
       <c r="D20" s="31" t="s">
         <v>72</v>
       </c>
       <c r="E20" s="32" t="s">
         <v>55</v>
       </c>
       <c r="F20" s="24">
         <v>62</v>
       </c>
       <c r="G20" s="24">
         <v>105</v>
       </c>
       <c r="H20" s="24">
         <v>179</v>
       </c>
       <c r="I20" s="24">
         <v>101</v>
       </c>
       <c r="J20" s="24">
@@ -11279,52 +11309,55 @@
       </c>
       <c r="KK20" s="24">
         <v>16</v>
       </c>
       <c r="KL20" s="24">
         <v>36</v>
       </c>
       <c r="KM20" s="24">
         <v>42</v>
       </c>
       <c r="KN20" s="24">
         <v>8</v>
       </c>
       <c r="KO20" s="24">
         <v>4</v>
       </c>
       <c r="KP20" s="24">
         <v>14</v>
       </c>
       <c r="KQ20" s="24">
         <v>22</v>
       </c>
       <c r="KR20" s="24">
         <v>18</v>
       </c>
+      <c r="KS20" s="24">
+        <v>19</v>
+      </c>
     </row>
-    <row r="21" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="21" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B21" s="24" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="24" t="s">
         <v>41</v>
       </c>
       <c r="D21" s="29" t="s">
         <v>73</v>
       </c>
       <c r="E21" s="24" t="s">
         <v>56</v>
       </c>
       <c r="F21" s="24">
         <v>38</v>
       </c>
       <c r="G21" s="24">
         <v>59</v>
       </c>
       <c r="H21" s="24">
         <v>97</v>
       </c>
       <c r="I21" s="24">
         <v>50</v>
       </c>
       <c r="J21" s="24">
@@ -12190,52 +12223,55 @@
       </c>
       <c r="KK21" s="24">
         <v>6</v>
       </c>
       <c r="KL21" s="24">
         <v>25</v>
       </c>
       <c r="KM21" s="24">
         <v>26</v>
       </c>
       <c r="KN21" s="24">
         <v>0</v>
       </c>
       <c r="KO21" s="24">
         <v>6</v>
       </c>
       <c r="KP21" s="24">
         <v>1</v>
       </c>
       <c r="KQ21" s="24">
         <v>9</v>
       </c>
       <c r="KR21" s="24">
         <v>16</v>
       </c>
+      <c r="KS21" s="24">
+        <v>5</v>
+      </c>
     </row>
-    <row r="22" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="22" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B22" s="24" t="s">
         <v>57</v>
       </c>
       <c r="C22" s="24" t="s">
         <v>42</v>
       </c>
       <c r="D22" s="29" t="s">
         <v>74</v>
       </c>
       <c r="E22" s="24" t="s">
         <v>57</v>
       </c>
       <c r="F22" s="24">
         <v>22</v>
       </c>
       <c r="G22" s="24">
         <v>56</v>
       </c>
       <c r="H22" s="24">
         <v>93</v>
       </c>
       <c r="I22" s="24">
         <v>48</v>
       </c>
       <c r="J22" s="24">
@@ -13101,52 +13137,55 @@
       </c>
       <c r="KK22" s="24">
         <v>-3</v>
       </c>
       <c r="KL22" s="24">
         <v>10</v>
       </c>
       <c r="KM22" s="24">
         <v>15</v>
       </c>
       <c r="KN22" s="24">
         <v>-6</v>
       </c>
       <c r="KO22" s="24">
         <v>-6</v>
       </c>
       <c r="KP22" s="24">
         <v>-1</v>
       </c>
       <c r="KQ22" s="24">
         <v>13</v>
       </c>
       <c r="KR22" s="24">
         <v>-2</v>
       </c>
+      <c r="KS22" s="24">
+        <v>-1</v>
+      </c>
     </row>
-    <row r="23" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="23" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B23" s="24" t="s">
         <v>58</v>
       </c>
       <c r="C23" s="25" t="s">
         <v>43</v>
       </c>
       <c r="D23" s="31" t="s">
         <v>75</v>
       </c>
       <c r="E23" s="24" t="s">
         <v>58</v>
       </c>
       <c r="F23" s="24">
         <v>60</v>
       </c>
       <c r="G23" s="24">
         <v>115</v>
       </c>
       <c r="H23" s="24">
         <v>190</v>
       </c>
       <c r="I23" s="24">
         <v>98</v>
       </c>
       <c r="J23" s="24">
@@ -14012,52 +14051,55 @@
       </c>
       <c r="KK23" s="24">
         <v>3</v>
       </c>
       <c r="KL23" s="24">
         <v>35</v>
       </c>
       <c r="KM23" s="24">
         <v>41</v>
       </c>
       <c r="KN23" s="24">
         <v>-6</v>
       </c>
       <c r="KO23" s="24">
         <v>0</v>
       </c>
       <c r="KP23" s="24">
         <v>0</v>
       </c>
       <c r="KQ23" s="24">
         <v>22</v>
       </c>
       <c r="KR23" s="24">
         <v>14</v>
       </c>
+      <c r="KS23" s="24">
+        <v>4</v>
+      </c>
     </row>
-    <row r="24" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="24" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B24" s="33" t="s">
         <v>47</v>
       </c>
       <c r="C24" s="24" t="s">
         <v>44</v>
       </c>
       <c r="D24" s="29" t="s">
         <v>76</v>
       </c>
       <c r="E24" s="33" t="s">
         <v>47</v>
       </c>
       <c r="F24" s="24">
         <v>13223</v>
       </c>
       <c r="G24" s="24">
         <v>13282</v>
       </c>
       <c r="H24" s="24">
         <v>13379</v>
       </c>
       <c r="I24" s="24">
         <v>13429</v>
       </c>
       <c r="J24" s="24">
@@ -14923,52 +14965,55 @@
       </c>
       <c r="KK24" s="24">
         <v>16899</v>
       </c>
       <c r="KL24" s="24">
         <v>16924</v>
       </c>
       <c r="KM24" s="24">
         <v>16950</v>
       </c>
       <c r="KN24" s="24">
         <v>16950</v>
       </c>
       <c r="KO24" s="24">
         <v>16956</v>
       </c>
       <c r="KP24" s="24">
         <v>16957</v>
       </c>
       <c r="KQ24" s="24">
         <v>16966</v>
       </c>
       <c r="KR24" s="24">
         <v>16982</v>
       </c>
+      <c r="KS24" s="24">
+        <v>16987</v>
+      </c>
     </row>
-    <row r="25" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="25" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B25" s="33" t="s">
         <v>48</v>
       </c>
       <c r="C25" s="24" t="s">
         <v>45</v>
       </c>
       <c r="D25" s="29" t="s">
         <v>77</v>
       </c>
       <c r="E25" s="33" t="s">
         <v>48</v>
       </c>
       <c r="F25" s="24">
         <v>13778</v>
       </c>
       <c r="G25" s="24">
         <v>13834</v>
       </c>
       <c r="H25" s="24">
         <v>13927</v>
       </c>
       <c r="I25" s="24">
         <v>13975</v>
       </c>
       <c r="J25" s="24">
@@ -15834,52 +15879,55 @@
       </c>
       <c r="KK25" s="24">
         <v>17163</v>
       </c>
       <c r="KL25" s="24">
         <v>17173</v>
       </c>
       <c r="KM25" s="24">
         <v>17188</v>
       </c>
       <c r="KN25" s="24">
         <v>17182</v>
       </c>
       <c r="KO25" s="24">
         <v>17176</v>
       </c>
       <c r="KP25" s="24">
         <v>17175</v>
       </c>
       <c r="KQ25" s="24">
         <v>17188</v>
       </c>
       <c r="KR25" s="24">
         <v>17186</v>
       </c>
+      <c r="KS25" s="24">
+        <v>17185</v>
+      </c>
     </row>
-    <row r="26" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="26" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B26" s="33" t="s">
         <v>49</v>
       </c>
       <c r="C26" s="25" t="s">
         <v>46</v>
       </c>
       <c r="D26" s="31" t="s">
         <v>78</v>
       </c>
       <c r="E26" s="33" t="s">
         <v>49</v>
       </c>
       <c r="F26" s="24">
         <v>27001</v>
       </c>
       <c r="G26" s="24">
         <v>27116</v>
       </c>
       <c r="H26" s="24">
         <v>27306</v>
       </c>
       <c r="I26" s="24">
         <v>27404</v>
       </c>
       <c r="J26" s="24">
@@ -16745,52 +16793,55 @@
       </c>
       <c r="KK26" s="24">
         <v>34062</v>
       </c>
       <c r="KL26" s="24">
         <v>34097</v>
       </c>
       <c r="KM26" s="24">
         <v>34138</v>
       </c>
       <c r="KN26" s="24">
         <v>34132</v>
       </c>
       <c r="KO26" s="24">
         <v>34132</v>
       </c>
       <c r="KP26" s="24">
         <v>34132</v>
       </c>
       <c r="KQ26" s="24">
         <v>34154</v>
       </c>
       <c r="KR26" s="24">
         <v>34168</v>
       </c>
+      <c r="KS26" s="24">
+        <v>34172</v>
+      </c>
     </row>
-    <row r="27" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="27" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B27" s="24" t="s">
         <v>334</v>
       </c>
       <c r="C27" s="30" t="s">
         <v>88</v>
       </c>
       <c r="D27" s="29" t="s">
         <v>79</v>
       </c>
       <c r="E27" s="24" t="s">
         <v>334</v>
       </c>
       <c r="F27" s="24">
         <v>2568</v>
       </c>
       <c r="G27" s="24">
         <v>2498</v>
       </c>
       <c r="H27" s="24">
         <v>2510</v>
       </c>
       <c r="I27" s="24">
         <v>2552</v>
       </c>
       <c r="J27" s="24">
@@ -17656,52 +17707,55 @@
       </c>
       <c r="KK27" s="24">
         <v>3243</v>
       </c>
       <c r="KL27" s="24">
         <v>3273</v>
       </c>
       <c r="KM27" s="24">
         <v>3301</v>
       </c>
       <c r="KN27" s="24">
         <v>3303</v>
       </c>
       <c r="KO27" s="24">
         <v>3307</v>
       </c>
       <c r="KP27" s="24">
         <v>3308</v>
       </c>
       <c r="KQ27" s="24">
         <v>3299</v>
       </c>
       <c r="KR27" s="24">
         <v>3310</v>
       </c>
+      <c r="KS27" s="24">
+        <v>3341</v>
+      </c>
     </row>
-    <row r="28" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="28" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B28" s="24" t="s">
         <v>335</v>
       </c>
       <c r="C28" s="30" t="s">
         <v>89</v>
       </c>
       <c r="D28" s="29" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="24" t="s">
         <v>335</v>
       </c>
       <c r="F28" s="24">
         <v>1552</v>
       </c>
       <c r="G28" s="24">
         <v>1509</v>
       </c>
       <c r="H28" s="24">
         <v>1534</v>
       </c>
       <c r="I28" s="24">
         <v>1575</v>
       </c>
       <c r="J28" s="24">
@@ -18567,52 +18621,55 @@
       </c>
       <c r="KK28" s="24">
         <v>2595</v>
       </c>
       <c r="KL28" s="24">
         <v>2614</v>
       </c>
       <c r="KM28" s="24">
         <v>2623</v>
       </c>
       <c r="KN28" s="24">
         <v>2624</v>
       </c>
       <c r="KO28" s="24">
         <v>2623</v>
       </c>
       <c r="KP28" s="24">
         <v>2633</v>
       </c>
       <c r="KQ28" s="24">
         <v>2630</v>
       </c>
       <c r="KR28" s="24">
         <v>2636</v>
       </c>
+      <c r="KS28" s="24">
+        <v>2677</v>
+      </c>
     </row>
-    <row r="29" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+    <row r="29" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
       <c r="B29" s="24" t="s">
         <v>336</v>
       </c>
       <c r="C29" s="30" t="s">
         <v>90</v>
       </c>
       <c r="D29" s="31" t="s">
         <v>81</v>
       </c>
       <c r="E29" s="24" t="s">
         <v>336</v>
       </c>
       <c r="F29" s="24">
         <v>4120</v>
       </c>
       <c r="G29" s="24">
         <v>4007</v>
       </c>
       <c r="H29" s="24">
         <v>4044</v>
       </c>
       <c r="I29" s="24">
         <v>4127</v>
       </c>
       <c r="J29" s="24">
@@ -19478,52 +19535,55 @@
       </c>
       <c r="KK29" s="24">
         <v>5838</v>
       </c>
       <c r="KL29" s="24">
         <v>5887</v>
       </c>
       <c r="KM29" s="24">
         <v>5924</v>
       </c>
       <c r="KN29" s="24">
         <v>5927</v>
       </c>
       <c r="KO29" s="24">
         <v>5930</v>
       </c>
       <c r="KP29" s="24">
         <v>5941</v>
       </c>
       <c r="KQ29" s="24">
         <v>5929</v>
       </c>
       <c r="KR29" s="24">
         <v>5946</v>
       </c>
+      <c r="KS29" s="24">
+        <v>6018</v>
+      </c>
     </row>
-    <row r="30" spans="2:304" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
+    <row r="30" spans="2:305" s="24" customFormat="1" ht="12.75" x14ac:dyDescent="0.2"/>
   </sheetData>
   <conditionalFormatting sqref="D30:D1048576 D1:D10 E11">
     <cfRule type="duplicateValues" dxfId="0" priority="4"/>
   </conditionalFormatting>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C8">
       <formula1>$WWN$4:$WWN$6</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showErrorMessage="1" prompt="_x000a_" sqref="C7">
       <formula1>$WWO$4:$WWO$7</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>